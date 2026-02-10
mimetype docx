--- v0 (2025-10-27)
+++ v1 (2026-02-10)
@@ -10,6423 +10,6460 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
+    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRPr="003949AC" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4740D607" w14:textId="77777777" w:rsidR="00525B10" w:rsidRDefault="00525B10" w:rsidP="00525B10">
+    <w:p w14:paraId="4740D607" w14:textId="3E67522C" w:rsidR="00525B10" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00525B10">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3D53">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Başlık, 1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">Başlık, 12 Punto, </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Punto, </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>, Tek Satır Aralığı</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Calibri</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Tek Satır Aralığı, Başlık, 1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Başlık, 12 Punto, Times New Roman, Tek Satır Aralığı</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F555835" w14:textId="77777777" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="0046304C" w:rsidP="001E4A48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...70 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F555835" w14:textId="77777777" w:rsidR="0046304C" w:rsidRDefault="0046304C" w:rsidP="001E4A48">
+    <w:p w14:paraId="47C9A529" w14:textId="77777777" w:rsidR="00064647" w:rsidRPr="003949AC" w:rsidRDefault="00064647" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47C9A529" w14:textId="77777777" w:rsidR="00064647" w:rsidRDefault="00064647" w:rsidP="001E4A48">
+    <w:p w14:paraId="2F925C0E" w14:textId="0AF460DA" w:rsidR="00064647" w:rsidRPr="003949AC" w:rsidRDefault="00064647" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-        <w:sectPr w:rsidR="00064647" w:rsidSect="00F805F2">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00064647" w:rsidRPr="003949AC" w:rsidSect="00F805F2">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DD4A376" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="001B1136" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
+    <w:p w14:paraId="6DD4A376" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5934E9CE" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRDefault="001E4A48" w:rsidP="008C4F83">
+    <w:p w14:paraId="5934E9CE" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="008C4F83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6409014B" w14:textId="7FFBDBD9" w:rsidR="00DB78C2" w:rsidRPr="00C344F2" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="6409014B" w14:textId="7FFBDBD9" w:rsidR="00DB78C2" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>XXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
-      <w:r w:rsidR="00C344F2" w:rsidRPr="00C344F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00C344F2" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773FB3B2" w14:textId="77777777" w:rsidR="00DB78C2" w:rsidRDefault="00DB78C2" w:rsidP="00EC509F">
+    <w:p w14:paraId="773FB3B2" w14:textId="77777777" w:rsidR="00DB78C2" w:rsidRPr="003949AC" w:rsidRDefault="00DB78C2" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78BF6675" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="78BF6675" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="003949AC" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00F4EF7C" w14:textId="00DED97A" w:rsidR="00CE3192" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="00F4EF7C" w14:textId="00DED97A" w:rsidR="00CE3192" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>XXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B43820" w14:textId="77777777" w:rsidR="00525B10" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="27B43820" w14:textId="77777777" w:rsidR="00525B10" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD6CEA4" w14:textId="77777777" w:rsidR="00525B10" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="0DD6CEA4" w14:textId="77777777" w:rsidR="00525B10" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3019E516" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="3019E516" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="003949AC" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1053190F" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="1053190F" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="003949AC" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD0AC54" w14:textId="01180CD1" w:rsidR="00EC509F" w:rsidRPr="00752958" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="0BD0AC54" w14:textId="01180CD1" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Geliş Tarihi</w:t>
       </w:r>
-      <w:r w:rsidR="003A1CF7" w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>/Received</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...89 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Kabul Tarih</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00752958" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004757F0" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00752958" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004757F0" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Kabul Tarih</w:t>
+      </w:r>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>/Accepted</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>i/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Accepted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Yayım Tarihi</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004757F0" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00752958" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>/Published</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Yayım Tarihi</w:t>
+      </w:r>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A1CF7" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>15.0</w:t>
       </w:r>
-      <w:r w:rsidR="004757F0" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="004757F0" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD4E7C8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="5AD4E7C8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31099AB8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="31099AB8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B61AF1F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="1B61AF1F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A04CF67" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="1A04CF67" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C8E898F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="0C8E898F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D40826" w14:textId="61DD9C56" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00650FE8">
+    <w:p w14:paraId="53D40826" w14:textId="61DD9C56" w:rsidR="00EC509F" w:rsidRPr="003949AC" w:rsidRDefault="00EC509F" w:rsidP="00650FE8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC509F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Dergide yayın yapan yazarlar,</w:t>
       </w:r>
-      <w:r w:rsidR="009A7A99" w:rsidRPr="009A7A99">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Creative Commons Atıf 4.0 Uluslararası</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Creative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> Atıf 4.0 Uluslararası</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>CC BY-NC 4.0</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>CC BY-NC 4.0</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7A99" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> kapsamında lisanslanan çalışmalarının telif haklarını saklı tutarlar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D2453C" w14:textId="77777777" w:rsidR="00CE3192" w:rsidRDefault="00CE3192" w:rsidP="00676ABB">
+    <w:p w14:paraId="32D2453C" w14:textId="77777777" w:rsidR="00CE3192" w:rsidRPr="003949AC" w:rsidRDefault="00CE3192" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CB412FF" w14:textId="77777777" w:rsidR="00C344F2" w:rsidRDefault="00C344F2" w:rsidP="00676ABB">
+    <w:p w14:paraId="7CB412FF" w14:textId="77777777" w:rsidR="00C344F2" w:rsidRPr="003949AC" w:rsidRDefault="00C344F2" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E9E293" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="30E9E293" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="003949AC" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="535145F7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="535145F7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="003949AC" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A18B9D7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="4A18B9D7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="003949AC" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DFA5DE6" w14:textId="6FF5F72F" w:rsidR="001E4A48" w:rsidRPr="00782638" w:rsidRDefault="00676ABB" w:rsidP="00676ABB">
+    <w:p w14:paraId="5DFA5DE6" w14:textId="6FF5F72F" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="00676ABB" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ö</w:t>
       </w:r>
-      <w:r w:rsidR="001E4A48" w:rsidRPr="00782638">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="001E4A48" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300B01B9" w14:textId="7D381C4F" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00CC35E3">
+    <w:p w14:paraId="47F9FFCD" w14:textId="74AC8D8C" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="003949AC" w:rsidP="003949AC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1642 lines deleted...]
-        <w:t xml:space="preserve"> kelime arası.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-300 kelime arası.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F9FFCD" w14:textId="314DE688" w:rsidR="0046304C" w:rsidRDefault="0046304C" w:rsidP="00676ABB">
+    <w:p w14:paraId="7CE67D40" w14:textId="34504C1B" w:rsidR="006029BD" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-        <w:sectPr w:rsidR="006029BD" w:rsidRPr="006029BD" w:rsidSect="003D6BCB">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006029BD" w:rsidRPr="003949AC" w:rsidSect="003D6BCB">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="283" w:equalWidth="0">
             <w:col w:w="1985" w:space="283"/>
             <w:col w:w="6804"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00782638">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anahtar Kelimeler:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00782638">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> kelime olmalı ve virgülle ayrılmış, yalnızca baş harfleri büyük yazılmalıdır)</w:t>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spor, </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ültürü</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sikolojisi</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(En az 3 kelime, en fazla 5 kelime olmalı ve virgülle ay</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rılmış olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C000C2" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00E449A9">
+    <w:p w14:paraId="57C000C2" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRPr="003949AC" w:rsidRDefault="00F805F2" w:rsidP="00E449A9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2086EA" w14:textId="77777777" w:rsidR="000D4269" w:rsidRPr="006D3D53" w:rsidRDefault="000D4269" w:rsidP="000D4269">
+    <w:p w14:paraId="4C2086EA" w14:textId="17FB6435" w:rsidR="000D4269" w:rsidRPr="003949AC" w:rsidRDefault="000D4269" w:rsidP="000D4269">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3D53">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, 12 Punto, </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tle, 12 Punto, Cal</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>br</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Single Line Spacing,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Line</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D3D53">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tle, 12 Punto, Cal</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, 12 Punto, </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>br</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Single Line Spacing,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D3D53">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Line</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tle, 12 Punto, Cal</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="02B8AEAC" w14:textId="77777777" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="0046304C" w:rsidP="00781D0A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207E56F0" w14:textId="487B96BF" w:rsidR="00781D0A" w:rsidRPr="003949AC" w:rsidRDefault="00C444CE" w:rsidP="00781D0A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00781D0A" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00781D0A" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4C2A6BA3" w14:textId="77777777" w:rsidR="00781D0A" w:rsidRPr="003949AC" w:rsidRDefault="00781D0A" w:rsidP="00781D0A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="037B1CD0" w14:textId="65CDBAA6" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="00781D0A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="66D2B581" w14:textId="5ADC183B" w:rsidR="000D4269" w:rsidRPr="003949AC" w:rsidRDefault="003949AC" w:rsidP="000D4269">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>, Single Line Spacing</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150-300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B8AEAC" w14:textId="77777777" w:rsidR="0046304C" w:rsidRDefault="0046304C" w:rsidP="00781D0A">
+    <w:p w14:paraId="7E56A85B" w14:textId="7D7B560D" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>port</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>port</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sychology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Minimum 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> separated by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>commas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4269" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55700D5C" w14:textId="77777777" w:rsidR="002C6497" w:rsidRPr="003949AC" w:rsidRDefault="002C6497" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69FF22B5" w14:textId="77777777" w:rsidR="002C6497" w:rsidRPr="003949AC" w:rsidRDefault="002C6497" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7794091A" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F38D66" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5810C2FD" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B94F664" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F7423F" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E6031A" w14:textId="77777777" w:rsidR="003A4532" w:rsidRPr="003949AC" w:rsidRDefault="003A4532" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34ACBC50" w14:textId="77777777" w:rsidR="003A4532" w:rsidRPr="003949AC" w:rsidRDefault="003A4532" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E0FB71" w14:textId="77777777" w:rsidR="00481C36" w:rsidRPr="003949AC" w:rsidRDefault="00481C36" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB2105A" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A3062B" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="071BBF41" w14:textId="77777777" w:rsidR="00722A4E" w:rsidRPr="003949AC" w:rsidRDefault="00722A4E" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A58527" w14:textId="77777777" w:rsidR="00722A4E" w:rsidRPr="003949AC" w:rsidRDefault="00722A4E" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78ABFB67" w14:textId="77777777" w:rsidR="00722A4E" w:rsidRDefault="00722A4E" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66743F1E" w14:textId="77777777" w:rsidR="003949AC" w:rsidRDefault="003949AC" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BACEC89" w14:textId="77777777" w:rsidR="003949AC" w:rsidRPr="003949AC" w:rsidRDefault="003949AC" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ABB8518" w14:textId="77777777" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="0046304C" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5074F1CE" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79162207" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>Abstract</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GİRİŞ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D2B581" w14:textId="18BFA3B3" w:rsidR="000D4269" w:rsidRDefault="000D4269" w:rsidP="000D4269">
+    <w:p w14:paraId="61245FB3" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Çalışmanın konusu, gerekçeleri </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile birlikte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> problem ve araştırmanın kuramsal ya da kavramsal çerçevesi ortaya konulmalıdır, temel kaynaklara ilişkin değerlendirme yapılmalı. Giriş bölümünün son paragrafında çalışmanın amacı, özgün değeri belirtilmeli. Giriş bölümünde tanımlar, kısaltmalar, varsayımlar ve sınırlılıklar, eğer varsa, bu bölümde gerekçeleri </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile birlikte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sunulmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B784B4A" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2465 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YÖNTEM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E56A85B" w14:textId="5FA86FD2" w:rsidR="001E4A48" w:rsidRPr="00782638" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
+    <w:p w14:paraId="60ED39FC" w14:textId="0CBA5BA0" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bu kısımda araştırmanın tasarımı, modeli hakkında açıklayıcı bilgiler verilmelidir. Gönderinize uygun olarak aşağıdaki başlıklar yer almalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D66C2A" w14:textId="7E7DDE6E" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> words, separated by commas, only initials should be capitalized)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışma Grubu / Katılımcılar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55700D5C" w14:textId="77777777" w:rsidR="002C6497" w:rsidRPr="00782638" w:rsidRDefault="002C6497" w:rsidP="00C3791A">
+    <w:p w14:paraId="48004526" w14:textId="143B2ADE" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Örneklem büyüklüğünün tespit edilmesi için Güç analizi yapılması önerilmektedir. </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yazı karakterinde 12 punto, 1,5 satır aralığında iki yana yaslı olarak yazılmalıdır. Çalışmanın etik kurul onayının nereden alındığı, sayı ve tarihi belirtilmelidir. Etik Kurul Belgesinin aslının, makale gönderimi sırasında sisteme yüklenmesi zorunludur. Etik kurul alınmayan çalışmalar, değerlendirilme sürecine alınmadan reddedilecektir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D699DFE" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Veri Toplama Araçları</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69FF22B5" w14:textId="77777777" w:rsidR="002C6497" w:rsidRPr="00782638" w:rsidRDefault="002C6497" w:rsidP="00C3791A">
+    <w:p w14:paraId="67DEF549" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bu kısımda veri toplama aracı olarak hangi envanterler kullanıldıysa, envanterler hakkında detaylı açıklamaya yer verilmelidir.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7794091A" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="00782638" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="6F74CD74" w14:textId="572BDA8A" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Verilerin Analizi</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54F38D66" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="00782638" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="6EFAD678" w14:textId="3DCB2E61" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bu kısımda yapılan veri analizi hakkında detaylı açıklamaya yer verilmelidir.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5810C2FD" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="00782638" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="2802B933" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BULGULAR</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B94F664" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="00782638" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="0B8799E5" w14:textId="1E2432A5" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tablo başlığı </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> karakterinde 11 punto büyüklüğünde yazılmalı, tablo başlığından sonra 6nk boşluk bırakılmalı. Tablolar APA stiline uygun verilmeli. Dikey çizgiler kullanılmamalı ve gözü yormamalı. Tablo başlığı, sayısı ile koyu karakterde belirtilmelidir. Tablo başlığının sadece ilk harfi büyük olmalıdır. Tablonun sayfaya sığmadığı durumlarda tablo uygun bir yerden bölünerek diğer sayfadan devam etmeli, sayfa başına “Tablo 2’nin devamı” başlığı koyulmalı. Tablo açıklamaları da </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> karakterinde 11 punto büyüklüğünde olmalı.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1193271A" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="731B83E0" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE81559" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C279ACA" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>TARTIŞMA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="71F7423F" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="466A24DA" w14:textId="09C51FC0" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Çalışmada elde edilen bulguların literatür ışığında açıklanmasını ve tartışılmasını içermelidir. Literatürdeki çalışmalar ile karşılaştırılması, araştırıcının yorumu </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile birlikte</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bu bölümde belirtilir. Bu bölümde bulguların ne anlama geldiğinden ve çalışmanın zayıf veya güçlü yönleri belir­tilerek bunların sınırlarından bahsedilmelidir. Çalışmadan elde edilen sonuçların günlük pratikte ne anlama geldiği, açıklanamayan sorular, gerektiğinde yeni varsayımlar belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7114A791" w14:textId="052579FA" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SONUÇ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56E6031A" w14:textId="77777777" w:rsidR="003A4532" w:rsidRDefault="003A4532" w:rsidP="00C3791A">
+    <w:p w14:paraId="406D66DA" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Araştırmadan elde edilen sonuçlar ve geleceğe dönük öneriler kısaca belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400F98BB" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...109 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3D53">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>GİRİŞ</w:t>
+        <w:t>KAYNAKLAR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61245FB3" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="3163081D" w14:textId="7A33F6F9" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Çalışmanın konusu, gerekçeleri ile birlikte problem ve araştırmanın kuramsal ya da kavramsal çerçevesi ortaya konulmalıdır, temel kaynaklara ilişkin değerlendirme yapılmalı. Giriş bölümünün son paragrafında çalışmanın amacı, özgün değeri belirtilmeli. Giriş bölümünde tanımlar, kısaltmalar, varsayımlar ve sınırlılıklar, eğer varsa, bu bölümde gerekçeleri ile birlikte sunulmalıdır.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaynaklar APA-6 formatında, alfabetik sıralı olarak sıralanmalı (numaralandırma yapılmamalı</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">),  </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 punto </w:t>
+      </w:r>
+      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterinde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yazılmalı, Kaynaklar arasında paragraftan sonra 6nk boşluk eklenmelidir. Kaynağın varsa DOI numarası kaynakçanın sonunda belirtilmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B784B4A" w14:textId="77777777" w:rsidR="006D7187" w:rsidRDefault="006D7187" w:rsidP="006D7187">
-[...456 lines deleted...]
-    <w:p w14:paraId="3F3B13A2" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="3F3B13A2" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6693E816" w14:textId="40B1BD25" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="00C61532">
+    <w:p w14:paraId="6693E816" w14:textId="40B1BD25" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaynaklar listesi, her bir çalışmanın ilk yazarın soyadının baş harfine göre alfabetik olarak sıralanır ve numaralandırılır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA5BFDD" w14:textId="7DB20330" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="00C61532">
+    <w:p w14:paraId="2EA5BFDD" w14:textId="7DB20330" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaynaklar kısmında, aynı yazarın birden fazla makalesi varsa, yayın yılına göre en eski olandan başlanarak en yeni olana göre sıralanır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9B0DB8" w14:textId="313144F8" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="00C61532">
+    <w:p w14:paraId="4C9B0DB8" w14:textId="313144F8" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aynı yazarın aynı yılda yayımlanan, birden fazla yayını kullanılıyorsa (ya da aynı yazarlar grubu aynı sıralama ile bulunuyorsa), makale adlarının baş harflerine göre alfabetik sıralama yapılmalı ve her bir yılın yanına harf eklenmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2E90FF" w14:textId="4A2FB3BD" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="00C61532">
+    <w:p w14:paraId="4B2E90FF" w14:textId="4A2FB3BD" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaynaklar kısmında, yazarın hem tek yazarlı yayınları hem de birden çok yazarlı yayınları kullanılıyorsa, tek yazarlı olduğu yayın başa konulmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547D52D6" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="547D52D6" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>İlk yazar aynı, ikinci ve üçüncü yazarlar farklı ise, ikinci yazarlardan adı alfabetik sıralamada önce gelen kaynak başa konulmalıdır. İkinci yazarların da isimleri aynı ise üçüncü yazarlara göre sıralama yapılmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DFD187" w14:textId="77777777" w:rsidR="006D7187" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="66DFD187" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="003949AC" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FD303E7" w14:textId="77777777" w:rsidR="002E07D2" w:rsidRDefault="002E07D2" w:rsidP="001E4A48">
+    <w:p w14:paraId="6FD303E7" w14:textId="77777777" w:rsidR="002E07D2" w:rsidRPr="003949AC" w:rsidRDefault="002E07D2" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002E07D2" w:rsidSect="00845F86">
+    <w:sectPr w:rsidR="002E07D2" w:rsidRPr="003949AC" w:rsidSect="00845F86">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="110"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D57A527" w14:textId="77777777" w:rsidR="006175E1" w:rsidRDefault="006175E1" w:rsidP="007D376A">
+    <w:p w14:paraId="690F5AF5" w14:textId="77777777" w:rsidR="00BD3BDE" w:rsidRDefault="00BD3BDE" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54D08843" w14:textId="77777777" w:rsidR="006175E1" w:rsidRDefault="006175E1" w:rsidP="007D376A">
+    <w:p w14:paraId="5075A57C" w14:textId="77777777" w:rsidR="00BD3BDE" w:rsidRDefault="00BD3BDE" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6445,93 +6482,93 @@
     <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-130329414"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0EE24B42" w14:textId="4147ECF6" w:rsidR="00A43C78" w:rsidRDefault="00A43C78">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6D8750A7" w14:textId="49139259" w:rsidR="000551C3" w:rsidRPr="00CA0828" w:rsidRDefault="000551C3" w:rsidP="00291AC8">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CDDC6F0" w14:textId="3A042904" w:rsidR="006029BD" w:rsidRPr="00CA0828" w:rsidRDefault="006029BD" w:rsidP="00F57127">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">GSAD, </w:t>
     </w:r>
     <w:r w:rsidRPr="00CA0828">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
@@ -6553,139 +6590,141 @@
       </w:rPr>
       <w:t>50</w:t>
     </w:r>
     <w:r w:rsidRPr="00CA0828">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>; 1(</w:t>
     </w:r>
     <w:r w:rsidR="00A43C78">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00CA0828">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>),</w:t>
     </w:r>
     <w:r w:rsidR="000D4269">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XXX</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00A43C78">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="000D4269">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XXX</w:t>
     </w:r>
     <w:r w:rsidRPr="00CA0828">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="097A9500" w14:textId="77777777" w:rsidR="006175E1" w:rsidRDefault="006175E1" w:rsidP="007D376A">
+    <w:p w14:paraId="70D6AAC8" w14:textId="77777777" w:rsidR="00BD3BDE" w:rsidRDefault="00BD3BDE" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70627D66" w14:textId="77777777" w:rsidR="006175E1" w:rsidRDefault="006175E1" w:rsidP="007D376A">
+    <w:p w14:paraId="402F4F24" w14:textId="77777777" w:rsidR="00BD3BDE" w:rsidRDefault="00BD3BDE" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E596958" w14:textId="4AF059EA" w:rsidR="009650C2" w:rsidRPr="009650C2" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="01B64911">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
@@ -6702,51 +6741,51 @@
     </w:r>
     <w:r w:rsidR="009650C2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06B4E8E1" wp14:editId="3AC90524">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-433070</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>18415</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="942975" cy="942975"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapTight wrapText="right">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21382"/>
               <wp:lineTo x="21382" y="21382"/>
               <wp:lineTo x="21382" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="142586269" name="Resim 4" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+          <wp:docPr id="311310890" name="Resim 4" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1784160178" name="Resim 4" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -6783,153 +6822,187 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>GSAD</w:t>
     </w:r>
     <w:r w:rsidR="009650C2" w:rsidRPr="009650C2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>, 2024; 4 (2): 24-30</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42A7887C" w14:textId="77777777" w:rsidR="00474D50" w:rsidRPr="004C05DE" w:rsidRDefault="00474D50" w:rsidP="00474D50">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="1134" w:hanging="1134"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EBF9E8B" wp14:editId="2779C030">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4524375</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-607060</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1371600" cy="1317036"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="239965052" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+          <wp:docPr id="1444337544" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1051070040" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1371600" cy="1317036"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="007C3A8F">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Genç Spor Akademi Dergisi (GSAD)</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="683A08D1" w14:textId="17228E71" w:rsidR="007D376A" w:rsidRPr="00474D50" w:rsidRDefault="00474D50" w:rsidP="00474D50">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="1134" w:hanging="1134"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId3" w:history="1">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C3A8F">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Journal of Young Sport Academy (JYSA)</w:t>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C3A8F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Young </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C3A8F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Sport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C3A8F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Academy (JYSA)</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00000000">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="16CBC3CF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
@@ -7064,132 +7137,132 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D64258">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B9FA63C" wp14:editId="56B8FE99">
           <wp:extent cx="911641" cy="329064"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
-          <wp:docPr id="1260738289" name="Resim 2" descr="metin, yazı tipi, logo, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+          <wp:docPr id="1466125177" name="Resim 2" descr="metin, yazı tipi, logo, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1244760855" name="Resim 2" descr="metin, yazı tipi, logo, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="911641" cy="329064"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TabloKlavuzu"/>
+      <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2264"/>
       <w:gridCol w:w="4532"/>
       <w:gridCol w:w="2266"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F805F2" w14:paraId="0211827E" w14:textId="77777777" w:rsidTr="00755392">
       <w:trPr>
         <w:trHeight w:val="346"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6EA90261" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04F478B5" wp14:editId="31C77113">
                 <wp:extent cx="981075" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-                <wp:docPr id="1119177522" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+                <wp:docPr id="1527157442" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="541978769" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a14:imgLayer r:embed="rId3">
                                   <a14:imgEffect>
                                     <a14:sharpenSoften amount="100000"/>
                                   </a14:imgEffect>
                                   <a14:imgEffect>
                                     <a14:saturation sat="157000"/>
                                   </a14:imgEffect>
                                   <a14:imgEffect>
                                     <a14:brightnessContrast bright="2000" contrast="1000"/>
                                   </a14:imgEffect>
@@ -7209,138 +7282,138 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="981075" cy="981075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="64CD3B46" w14:textId="55847C5D" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00FB221A">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:hyperlink r:id="rId4" w:history="1">
             <w:r w:rsidRPr="007E342D">
               <w:rPr>
-                <w:rStyle w:val="Kpr"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>GENÇ SPOR AKADEMİ DERGİSİ</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="07995035" w14:textId="5FA957BD" w:rsidR="00F57127" w:rsidRPr="000D52A2" w:rsidRDefault="000D52A2" w:rsidP="00FB221A">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D52A2">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>JOURNAL OF YOUNG SPORT ACADEMY</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3067C5F8" w14:textId="2EAA8EF7" w:rsidR="00F805F2" w:rsidRPr="00564DB6" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="18229742" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B49BE05" wp14:editId="3D1CDBEF">
                 <wp:extent cx="1028700" cy="1028700"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1118969379" name="Resim 2" descr="metin, grafik, yazı tipi, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+                <wp:docPr id="812433873" name="Resim 2" descr="metin, grafik, yazı tipi, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="36573798" name="Resim 2" descr="metin, grafik, yazı tipi, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId5">
                           <a:extLst>
                             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a14:imgLayer r:embed="rId6">
                                   <a14:imgEffect>
                                     <a14:sharpenSoften amount="100000"/>
                                   </a14:imgEffect>
                                   <a14:imgEffect>
                                     <a14:saturation sat="121000"/>
                                   </a14:imgEffect>
                                   <a14:imgEffect>
                                     <a14:brightnessContrast contrast="14000"/>
                                   </a14:imgEffect>
@@ -7360,156 +7433,168 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1028713" cy="1028713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="4C05ECAA" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="74C7C222" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E6F928F" w14:textId="06B39DAB" w:rsidR="00F805F2" w:rsidRPr="00D64258" w:rsidRDefault="00D64258" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00D64258">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>e - ISSN: 3062-259X</w:t>
+            <w:t>e -</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="00D64258">
+            <w:rPr>
+              <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> ISSN: 3062-259X</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="09563A44" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="7A33F463" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="1A5504CF" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4AA644E0" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRPr="0048481A" w:rsidRDefault="00F805F2" w:rsidP="008B5FF6">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="67AD30BF" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="45AFD112" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="36337479" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6F081F32" w14:textId="591C5C74" w:rsidR="00F805F2" w:rsidRPr="000551C3" w:rsidRDefault="00E55307" w:rsidP="00D64258">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Eylül</w:t>
           </w:r>
           <w:r w:rsidR="00D64258" w:rsidRPr="000551C3">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> 20</w:t>
           </w:r>
           <w:r w:rsidR="00525B10">
             <w:rPr>
@@ -7557,61 +7642,61 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00525B10">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="25A1A7D1" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6B98D189" w14:textId="667D41CA" w:rsidR="00D64258" w:rsidRPr="00EF6277" w:rsidRDefault="00000000" w:rsidP="008B5FF6">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
-        <w:rStyle w:val="Kpr"/>
+        <w:rStyle w:val="Hyperlink"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:pict w14:anchorId="51FF51C2">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
@@ -7623,106 +7708,130 @@
         </v:shapetype>
         <v:shape id="WordPictureWatermark" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:453.3pt;height:453.3pt;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId7" o:title="1" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00481C36">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Araştırma</w:t>
     </w:r>
     <w:r w:rsidR="003D6BCB" w:rsidRPr="003D6BCB">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Makalesi / R</w:t>
+      <w:t xml:space="preserve"> Makalesi / </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="003D6BCB" w:rsidRPr="003D6BCB">
+      <w:rPr>
+        <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>R</w:t>
     </w:r>
     <w:r w:rsidR="00064647">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidR="00481C36">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>search</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="003D6BCB" w:rsidRPr="003D6BCB">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Article</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="003D6BCB" w:rsidRPr="003D6BCB">
+      <w:rPr>
+        <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Article</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D64258">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D64258">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId8" w:history="1">
       <w:r w:rsidR="00D64258" w:rsidRPr="00CA2188">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00167D33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAC80FD4"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -8450,51 +8559,52 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="358049077">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="503789863">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1427457911">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="424158332">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1847599729">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1006788035">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8544,52 +8654,54 @@
     <w:rsid w:val="0021169D"/>
     <w:rsid w:val="00237F2B"/>
     <w:rsid w:val="002407D1"/>
     <w:rsid w:val="00266D5C"/>
     <w:rsid w:val="00274B76"/>
     <w:rsid w:val="0028676C"/>
     <w:rsid w:val="00291AC8"/>
     <w:rsid w:val="00296B43"/>
     <w:rsid w:val="002A27C8"/>
     <w:rsid w:val="002B64D2"/>
     <w:rsid w:val="002C6497"/>
     <w:rsid w:val="002D39C5"/>
     <w:rsid w:val="002D4474"/>
     <w:rsid w:val="002D6D51"/>
     <w:rsid w:val="002E07D2"/>
     <w:rsid w:val="002F1AB6"/>
     <w:rsid w:val="00314E47"/>
     <w:rsid w:val="00317D9B"/>
     <w:rsid w:val="003354EA"/>
     <w:rsid w:val="00351929"/>
     <w:rsid w:val="00353D98"/>
     <w:rsid w:val="003541FE"/>
     <w:rsid w:val="00357B84"/>
     <w:rsid w:val="0037051E"/>
     <w:rsid w:val="00373D02"/>
+    <w:rsid w:val="003949AC"/>
     <w:rsid w:val="003A1CF7"/>
     <w:rsid w:val="003A4532"/>
+    <w:rsid w:val="003A5467"/>
     <w:rsid w:val="003C74E4"/>
     <w:rsid w:val="003D354A"/>
     <w:rsid w:val="003D6BCB"/>
     <w:rsid w:val="003F0637"/>
     <w:rsid w:val="00410F87"/>
     <w:rsid w:val="00412464"/>
     <w:rsid w:val="00431995"/>
     <w:rsid w:val="00435FBF"/>
     <w:rsid w:val="00441804"/>
     <w:rsid w:val="00453090"/>
     <w:rsid w:val="0046304C"/>
     <w:rsid w:val="004712DE"/>
     <w:rsid w:val="00474D50"/>
     <w:rsid w:val="004757F0"/>
     <w:rsid w:val="00477598"/>
     <w:rsid w:val="00481C36"/>
     <w:rsid w:val="0048481A"/>
     <w:rsid w:val="004868C9"/>
     <w:rsid w:val="00491A3B"/>
     <w:rsid w:val="00497677"/>
     <w:rsid w:val="004A40E8"/>
     <w:rsid w:val="004B1750"/>
     <w:rsid w:val="004E65CC"/>
     <w:rsid w:val="004F18E6"/>
     <w:rsid w:val="004F3F2B"/>
@@ -8692,50 +8804,51 @@
     <w:rsid w:val="009A7A99"/>
     <w:rsid w:val="009C1622"/>
     <w:rsid w:val="009C4744"/>
     <w:rsid w:val="00A10595"/>
     <w:rsid w:val="00A11FF1"/>
     <w:rsid w:val="00A17915"/>
     <w:rsid w:val="00A34E89"/>
     <w:rsid w:val="00A43C78"/>
     <w:rsid w:val="00A53663"/>
     <w:rsid w:val="00A659CE"/>
     <w:rsid w:val="00A767B3"/>
     <w:rsid w:val="00AA1C33"/>
     <w:rsid w:val="00AA22DF"/>
     <w:rsid w:val="00AC154C"/>
     <w:rsid w:val="00AD0B8C"/>
     <w:rsid w:val="00B16764"/>
     <w:rsid w:val="00B25755"/>
     <w:rsid w:val="00B60997"/>
     <w:rsid w:val="00B64224"/>
     <w:rsid w:val="00B71ED6"/>
     <w:rsid w:val="00B73681"/>
     <w:rsid w:val="00B74942"/>
     <w:rsid w:val="00B770CE"/>
     <w:rsid w:val="00BB1821"/>
     <w:rsid w:val="00BB4137"/>
+    <w:rsid w:val="00BD3BDE"/>
     <w:rsid w:val="00BE080A"/>
     <w:rsid w:val="00C06E00"/>
     <w:rsid w:val="00C15D33"/>
     <w:rsid w:val="00C344F2"/>
     <w:rsid w:val="00C3791A"/>
     <w:rsid w:val="00C444CE"/>
     <w:rsid w:val="00C5240B"/>
     <w:rsid w:val="00C61532"/>
     <w:rsid w:val="00C631DC"/>
     <w:rsid w:val="00C82E3E"/>
     <w:rsid w:val="00C8712C"/>
     <w:rsid w:val="00CA0828"/>
     <w:rsid w:val="00CA6724"/>
     <w:rsid w:val="00CB28E2"/>
     <w:rsid w:val="00CB367F"/>
     <w:rsid w:val="00CB5F60"/>
     <w:rsid w:val="00CB6868"/>
     <w:rsid w:val="00CC35E3"/>
     <w:rsid w:val="00CE3192"/>
     <w:rsid w:val="00CF44F9"/>
     <w:rsid w:val="00D07937"/>
     <w:rsid w:val="00D106DF"/>
     <w:rsid w:val="00D13A24"/>
     <w:rsid w:val="00D15441"/>
     <w:rsid w:val="00D44728"/>
@@ -9199,242 +9312,242 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="stBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D376A"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="AltBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D376A"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00514D5A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00514D5A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dzeltme">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F255C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AklamaBavurusu">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaMetni">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AklamaMetniChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="AklamaMetni"/>
-[...1 lines deleted...]
-    <w:link w:val="AklamaKonusuChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaKonusu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="AkGlgeleme">
+  <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="001E4A48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9486,192 +9599,192 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0057235E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D80379"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="tr-TR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="001809A7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0046304C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
-[...2 lines deleted...]
-    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-string">
     <w:name w:val="hljs-string"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-keyword">
     <w:name w:val="hljs-keyword"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-selector-tag">
     <w:name w:val="hljs-selector-tag"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-number">
     <w:name w:val="hljs-number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-comment">
     <w:name w:val="hljs-comment"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="128286500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
@@ -9975,70 +10088,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>955</Words>
-  <Characters>6471</Characters>
+  <Words>927</Words>
+  <Characters>6143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>281</Lines>
-  <Paragraphs>161</Paragraphs>
+  <Lines>157</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7265</CharactersWithSpaces>
+  <CharactersWithSpaces>7004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mehmet ali üzgü</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>