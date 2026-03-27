--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1,8976 +1,3228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRPr="003949AC" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
+    <w:p w14:paraId="44951DA2" w14:textId="529CF856" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003949AC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Başlık, 12 Punto, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+        <w:t xml:space="preserve">Türkçe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Times New Roman</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003949AC">
+        <w:t>Başlık, 12 Punto, Times New Roman, Tek Satır Aralığı Başlık, 12 Punto, Times New Roman, Tek Satır Aralığı</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121F0122" w14:textId="77777777" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03990E25" w14:textId="17E8DA9A" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İngilizce başlık</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 Punto, Times New Roman, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tek Satır Aralığı, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İngilizce başlık</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 Punto, Times New Roman, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tek Satır Aralığı</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5F4B19" w14:textId="77777777" w:rsidR="002B6220" w:rsidRDefault="002B6220">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0727A6BF" w14:textId="60CBE0FC" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Özet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B153776" w14:textId="5A8BF99C" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 punto, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tek satır aralığı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, maksimum 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 kelime arası</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> olmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3E91A7" w14:textId="6B9FE65A" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Başlık, 12 Punto, Times New Roman, Tek Satır Aralığı</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Anahtar Kelimeler:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spor, spor kültürü, spor psikolojisi (En az 3 kelime, en fazla 5 kelime olmalı ve virgülle ayrılmış olmalıdır.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F555835" w14:textId="77777777" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="0046304C" w:rsidP="001E4A48">
+    <w:p w14:paraId="0CC02476" w14:textId="77777777" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319E59F4" w14:textId="1F28EC75" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="002B6220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDF31D2" w14:textId="562724AA" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10 pt, S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pacing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 150-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6409014B" w14:textId="7FFBDBD9" w:rsidR="00DB78C2" w:rsidRPr="003949AC" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
-[...742 lines deleted...]
-    <w:p w14:paraId="47F9FFCD" w14:textId="74AC8D8C" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="003949AC" w:rsidP="003949AC">
+    <w:p w14:paraId="0E2CF035" w14:textId="77777777" w:rsidR="002B6220" w:rsidRPr="003949AC" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...802 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="006029BD" w:rsidRPr="003949AC" w:rsidSect="003D6BCB">
-[...9 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="003949AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Anahtar Kelimeler:</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="003949AC">
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sport, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003949AC" w:rsidRPr="003949AC">
-[...55 lines deleted...]
-      <w:r w:rsidR="003949AC">
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">port </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulture</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">port </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00CC35E3" w:rsidRPr="003949AC">
-[...37 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="003949AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sychology (Minimum 3 words, maximum 5 words separated by commas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C000C2" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRPr="003949AC" w:rsidRDefault="00F805F2" w:rsidP="00E449A9">
+    <w:p w14:paraId="3CF63B83" w14:textId="16870DBF" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="079D147C" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7607DC37" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="338F01BD" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A199A9" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CEDCD26" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="687C832D" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10471311" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20298E7D" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BCB817" w14:textId="77777777" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="002B6220">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17219241" w14:textId="7DF49649" w:rsidR="00EF19B4" w:rsidRPr="00935E08" w:rsidRDefault="00935E08" w:rsidP="00EF19B4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00935E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Makale metni içerisinde yazarlara ait herhangi bir tanımlayıcı bilgi olmamalıdır (ör. ad,soyad, kurum vb.). Ana metin içerisinde gerekli başlıklar olmalı ve dergi yazım kurallarına uygun bir şekilde yazılmalıdır. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E6E134" w14:textId="052B568E" w:rsidR="00935E08" w:rsidRDefault="00935E08" w:rsidP="00935E08">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00935E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 12 Punto, </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Kaynaklar APA-6 formatına uygun şekilde düzenlenmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AA5351" w14:textId="16B6C2E8" w:rsidR="00EF19B4" w:rsidRPr="00935E08" w:rsidRDefault="00EF19B4" w:rsidP="00935E08">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Times New Roman</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF19B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>Tablo ve şekiller metin içerisinde ilgili yerlerde, APA-6 kurallarına uygun başlıklandırılarak sunulmalıdır</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Single</w:t>
-[...153 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02B8AEAC" w14:textId="77777777" w:rsidR="0046304C" w:rsidRPr="003949AC" w:rsidRDefault="0046304C" w:rsidP="00781D0A">
+    <w:p w14:paraId="0F63C546" w14:textId="4D55F45B" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="207E56F0" w14:textId="487B96BF" w:rsidR="00781D0A" w:rsidRPr="003949AC" w:rsidRDefault="00C444CE" w:rsidP="00781D0A">
+    <w:p w14:paraId="02AA92CA" w14:textId="0193DAF0" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...51 lines deleted...]
-          <w:iCs/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="037B1CD0" w14:textId="65CDBAA6" w:rsidR="001E4A48" w:rsidRPr="003949AC" w:rsidRDefault="001E4A48" w:rsidP="00781D0A">
+    <w:p w14:paraId="1C699ECC" w14:textId="64CE0BFF" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...23 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3276 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69FF22B5" w14:textId="77777777" w:rsidR="002C6497" w:rsidRPr="003949AC" w:rsidRDefault="002C6497" w:rsidP="00C3791A">
+    <w:p w14:paraId="0982817A" w14:textId="1AFDA811" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7794091A" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="3B11387D" w14:textId="6EADD905" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54F38D66" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="0757AA8D" w14:textId="1EB0F74B" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5810C2FD" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="2A81640D" w14:textId="49368BAF" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B94F664" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="56EB2D86" w14:textId="40E801FE" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71F7423F" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="560FADBD" w14:textId="173E626C" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E6031A" w14:textId="77777777" w:rsidR="003A4532" w:rsidRPr="003949AC" w:rsidRDefault="003A4532" w:rsidP="00C3791A">
+    <w:p w14:paraId="249A3E16" w14:textId="3288FDDC" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34ACBC50" w14:textId="77777777" w:rsidR="003A4532" w:rsidRPr="003949AC" w:rsidRDefault="003A4532" w:rsidP="00C3791A">
+    <w:p w14:paraId="2968D2B2" w14:textId="4C4C8DEF" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E0FB71" w14:textId="77777777" w:rsidR="00481C36" w:rsidRPr="003949AC" w:rsidRDefault="00481C36" w:rsidP="00C3791A">
+    <w:p w14:paraId="1F38C9A5" w14:textId="3567B5D4" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AB2105A" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="51C6D866" w14:textId="609C866C" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22A3062B" w14:textId="77777777" w:rsidR="007E58FA" w:rsidRPr="003949AC" w:rsidRDefault="007E58FA" w:rsidP="00C3791A">
+    <w:p w14:paraId="55FC95B4" w14:textId="5468998B" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="071BBF41" w14:textId="77777777" w:rsidR="00722A4E" w:rsidRPr="003949AC" w:rsidRDefault="00722A4E" w:rsidP="00C3791A">
+    <w:p w14:paraId="3383DE67" w14:textId="5607EE9C" w:rsidR="002B6220" w:rsidRPr="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57A58527" w14:textId="77777777" w:rsidR="00722A4E" w:rsidRPr="003949AC" w:rsidRDefault="00722A4E" w:rsidP="00C3791A">
-[...763 lines deleted...]
-    <w:sectPr w:rsidR="002E07D2" w:rsidRPr="003949AC" w:rsidSect="00845F86">
+    <w:p w14:paraId="736BBF09" w14:textId="77FDB169" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="1B87DCEB" w14:textId="078CA33A" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="14A90DB2" w14:textId="4632DBCB" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="3E0A0C4D" w14:textId="347F2BCC" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="114C91AD" w14:textId="2286CD61" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="1A4D0C02" w14:textId="417D61B4" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="579D6FC0" w14:textId="18D26546" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="552666A1" w14:textId="4DD50612" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="3254A046" w14:textId="3D3C0E8C" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="761D11FB" w14:textId="73955C24" w:rsidR="002B6220" w:rsidRDefault="002B6220" w:rsidP="002B6220"/>
+    <w:p w14:paraId="05669BAB" w14:textId="5447D09B" w:rsidR="002B6220" w:rsidRDefault="002B6220"/>
+    <w:sectPr w:rsidR="002B6220">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="110"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...15 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bahnschrift SemiBold SemiConden">
+  <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bahnschrift SemiLight SemiConde">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2086 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001019DD"/>
-[...292 lines deleted...]
-    <w:rsid w:val="00FD1EF5"/>
+    <w:rsidRoot w:val="00E247C2"/>
+    <w:rsid w:val="00125168"/>
+    <w:rsid w:val="002B6220"/>
+    <w:rsid w:val="00935E08"/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rsid w:val="00E33086"/>
+    <w:rsid w:val="00EF19B4"/>
+    <w:rsid w:val="00F13359"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2869CD71"/>
+  <w14:docId w14:val="1CBD26E5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{313D66B2-09F2-4039-BA7C-679D69BE2CD3}"/>
+  <w15:docId w15:val="{A4292516-D760-4362-ADB1-56ABA6552315}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9311,571 +3563,691 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002B6220"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...67 lines deleted...]
-    <w:rsid w:val="00514D5A"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00514D5A"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F255C9"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...7 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="paragraph" w:styleId="Altyaz">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltyazChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...5 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
+    <w:name w:val="Altyazı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altyaz"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading">
-[...3 lines deleted...]
-    <w:rsid w:val="001E4A48"/>
+  <w:style w:type="paragraph" w:styleId="Alnt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AlntChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
-    <w:tblPr>
-[...82 lines deleted...]
-    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
+    <w:name w:val="Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Alnt"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00E247C2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0057235E"/>
+    <w:rsid w:val="00E247C2"/>
     <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+      <w:color w:val="333333"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
+      <w:szCs w:val="18"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...2 lines deleted...]
-    <w:uiPriority w:val="20"/>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="001809A7"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
-[...5 lines deleted...]
-    <w:rsid w:val="0046304C"/>
+  <w:style w:type="paragraph" w:styleId="GlAlnt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="GlAlntChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
-[...26 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
+    <w:name w:val="Güçlü Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GlAlnt"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="tr-TR"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
-[...4 lines deleted...]
-    <w:rsid w:val="0046304C"/>
+  <w:style w:type="character" w:styleId="GlBavuru">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E247C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...48 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14787829" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youngsportjournal.com/index.php/pub/index" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9883,51 +4255,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10077,81 +4449,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6143</Characters>
+  <Pages>2</Pages>
+  <Words>523</Words>
+  <Characters>2557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>157</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7004</CharactersWithSpaces>
+  <CharactersWithSpaces>3046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>mehmet ali üzgü</dc:creator>
+  <dc:creator>Reviewer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>