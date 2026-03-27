--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -3,983 +3,829 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="537F3ABE" w14:textId="3D5ABCB1" w:rsidR="00125168" w:rsidRDefault="00D323CD" w:rsidP="00E364E6">
+    <w:p w14:paraId="537F3ABE" w14:textId="3D5ABCB1" w:rsidR="00125168" w:rsidRPr="00135F24" w:rsidRDefault="00D323CD" w:rsidP="00E364E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lütfen Gönderinizin Başlığını Buraya Giriniz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1F34CA" w14:textId="77777777" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+    <w:p w14:paraId="5E1F34CA" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="347889AE" w14:textId="77777777" w:rsidR="002C4AFB" w:rsidRDefault="002C4AFB" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="347889AE" w14:textId="77777777" w:rsidR="002C4AFB" w:rsidRPr="00135F24" w:rsidRDefault="002C4AFB" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1FC9CA84" w14:textId="090AE09A" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC9CA84" w14:textId="090AE09A" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1. Yazar Adı Soyadı</w:t>
       </w:r>
-      <w:r w:rsidRPr="000929C4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, Kurum, Fakülte veya Enstitü, </w:t>
       </w:r>
-      <w:r w:rsidR="000E7885">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="000E7885" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Bölüm, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000929C4">
-[...26 lines deleted...]
-    <w:p w14:paraId="7E81A28D" w14:textId="4EF40B59" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Şehir, Ülke, e mail, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E81A28D" w14:textId="4EF40B59" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00FC7AFF">
+        <w:r w:rsidRPr="00135F24">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="447412A8" w14:textId="77777777" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+    <w:p w14:paraId="447412A8" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6D2A809C" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="006D3D53" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2A809C" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0F73255E" w14:textId="77777777" w:rsidR="000E7885" w:rsidRDefault="000929C4" w:rsidP="000E7885">
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F73255E" w14:textId="77777777" w:rsidR="000E7885" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000E7885">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2. Yazar Adı Soyadı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="000E7885" w:rsidRPr="000929C4">
-[...38 lines deleted...]
-    <w:p w14:paraId="29EBED16" w14:textId="4F6D4899" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000E7885">
+      <w:r w:rsidR="000E7885" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurum, Fakülte veya Enstitü, Bölüm, Şehir, Ülke, e mail, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EBED16" w14:textId="4F6D4899" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000E7885">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00FC7AFF">
+        <w:r w:rsidRPr="00135F24">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67E95C2A" w14:textId="77777777" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+    <w:p w14:paraId="67E95C2A" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="17D45C36" w14:textId="1A67A697" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17D45C36" w14:textId="1A67A697" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3. Yazar Adı Soyadı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="000E7885" w:rsidRPr="000929C4">
-[...38 lines deleted...]
-    <w:p w14:paraId="48E24CAC" w14:textId="77777777" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:r w:rsidR="000E7885" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kurum, Fakülte veya Enstitü, Bölüm, Şehir, Ülke, e mail, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E24CAC" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00FC7AFF">
+        <w:r w:rsidRPr="00135F24">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D238C91" w14:textId="77777777" w:rsidR="000929C4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+    <w:p w14:paraId="3D238C91" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="00135F24" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="390A081C" w14:textId="77777777" w:rsidR="009F110B" w:rsidRDefault="009F110B" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="390A081C" w14:textId="77777777" w:rsidR="009F110B" w:rsidRPr="00135F24" w:rsidRDefault="009F110B" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1F50B0F8" w14:textId="42461A77" w:rsidR="009F110B" w:rsidRDefault="009F110B" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F50B0F8" w14:textId="42461A77" w:rsidR="009F110B" w:rsidRPr="00135F24" w:rsidRDefault="009F110B" w:rsidP="000929C4">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sorumlu Yazar</w:t>
       </w:r>
-      <w:r w:rsidR="00577E15" w:rsidRPr="00577E15">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00577E15" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F110B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D323CD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00D323CD" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0F69EB" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
+    <w:p w14:paraId="2B0F69EB" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRPr="00135F24" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="62EC6908" w14:textId="070542B2" w:rsidR="005F6D95" w:rsidRDefault="005F6D95" w:rsidP="00E364E6">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62EC6908" w14:textId="070542B2" w:rsidR="005F6D95" w:rsidRPr="00135F24" w:rsidRDefault="005F6D95" w:rsidP="00E364E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Beyanlar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EFD566" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRDefault="005F6D95" w:rsidP="005F6D95">
+    <w:p w14:paraId="11EFD566" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRPr="00135F24" w:rsidRDefault="005F6D95" w:rsidP="005F6D95">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="681992A0" w14:textId="5BAE0D27" w:rsidR="005F6D95" w:rsidRDefault="005F6D95" w:rsidP="005F6D95">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681992A0" w14:textId="5BAE0D27" w:rsidR="005F6D95" w:rsidRPr="00135F24" w:rsidRDefault="005F6D95" w:rsidP="005F6D95">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Yazar Katkı Oranı</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E15" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beyanı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yazarların isim ve soy isimlerinin </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2A4B" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>baş harfleri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ile aşağıdaki örnekte olduğu gibi belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9BFC50" w14:textId="33173C03" w:rsidR="00E13017" w:rsidRPr="00135F24" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Yazar Katkı Oranı</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E15" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Araştırmanın</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tasarım</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: M.A. %40 – N.S. %60, Veri Toplama: M.A. %40 – N.S. %60, Veri Analizi ve Yorumlama: M.A. %40 – N.S. %60, Makale Yazımı: M.A. %40 – N.S. %60, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Makale Gönderimi ve Revizyonu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>M.A. %40 – N.S. %60</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2BECC6" w14:textId="05F45A1C" w:rsidR="008B7122" w:rsidRDefault="008B7122" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="4C9BFC50" w14:textId="33173C03" w:rsidR="00E13017" w:rsidRPr="00AC58F7" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Etik Kurul Onayı:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E3FEBC" w14:textId="52ED06D5" w:rsidR="00E4674B" w:rsidRPr="00135F24" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Çıkar Çatışması</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E15" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00AC58F7">
-[...108 lines deleted...]
-    <w:p w14:paraId="74E3FEBC" w14:textId="1EC68E19" w:rsidR="00E4674B" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
+    </w:p>
+    <w:p w14:paraId="6556FF77" w14:textId="76C6414D" w:rsidR="003A2A4B" w:rsidRPr="00135F24" w:rsidRDefault="00000000" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1868558253"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00AC58F7">
+          <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003A2A4B" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00AC58F7" w:rsidRPr="00AC58F7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Çalışmanın hazırlanması sürecinde herhangi bir çıkar çatışması bulunmamaktadır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0465DC" w14:textId="0D2B8C42" w:rsidR="00AC58F7" w:rsidRDefault="00AC58F7" w:rsidP="000929C4">
+    <w:p w14:paraId="1D0465DC" w14:textId="0D2B8C42" w:rsidR="00AC58F7" w:rsidRPr="00135F24" w:rsidRDefault="00000000" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-754815124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Çalışmada çıkar çatışması mevcuttur. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(Lütfen aşağıda açıklayınız.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7CE87D" w14:textId="2712F962" w:rsidR="00AC58F7" w:rsidRPr="00AC58F7" w:rsidRDefault="00AC58F7" w:rsidP="000929C4">
+    <w:p w14:paraId="2A7CE87D" w14:textId="2712F962" w:rsidR="00AC58F7" w:rsidRPr="00135F24" w:rsidRDefault="00AC58F7" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Çıkar çatışması açıklaması:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> …………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C760992" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
+    <w:p w14:paraId="4C760992" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRPr="00135F24" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6A231622" w14:textId="7126B048" w:rsidR="00E4674B" w:rsidRDefault="00E4674B" w:rsidP="00E4674B">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A231622" w14:textId="7126B048" w:rsidR="00E4674B" w:rsidRPr="00135F24" w:rsidRDefault="00E4674B" w:rsidP="00E4674B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00135F24">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Destek ve Teşekkür:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052150BD" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRPr="005F6D95" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
+    <w:p w14:paraId="052150BD" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRPr="00135F24" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="63E5654E" w14:textId="77777777" w:rsidR="00D323CD" w:rsidRPr="009F110B" w:rsidRDefault="00D323CD" w:rsidP="000929C4">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E5654E" w14:textId="77777777" w:rsidR="00D323CD" w:rsidRPr="00135F24" w:rsidRDefault="00D323CD" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00D323CD" w:rsidRPr="009F110B">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D323CD" w:rsidRPr="00135F24">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27CE35AC" w14:textId="77777777" w:rsidR="00C05A02" w:rsidRDefault="00C05A02" w:rsidP="00E4674B">
+    <w:p w14:paraId="4A3D2F58" w14:textId="77777777" w:rsidR="005707ED" w:rsidRDefault="005707ED" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38BF8ECE" w14:textId="77777777" w:rsidR="00C05A02" w:rsidRDefault="00C05A02" w:rsidP="00E4674B">
+    <w:p w14:paraId="5929B20F" w14:textId="77777777" w:rsidR="005707ED" w:rsidRDefault="005707ED" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00F95F5A" w14:textId="6B5D862A" w:rsidR="00E4674B" w:rsidRDefault="00E4674B" w:rsidP="00E4674B">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
     <w:r w:rsidRPr="00E4674B">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>*Doldurulması zorunludur</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58F6CA2A" w14:textId="77777777" w:rsidR="00C05A02" w:rsidRDefault="00C05A02" w:rsidP="00E4674B">
+    <w:p w14:paraId="4CEEA41C" w14:textId="77777777" w:rsidR="005707ED" w:rsidRDefault="005707ED" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B557CAA" w14:textId="77777777" w:rsidR="00C05A02" w:rsidRDefault="00C05A02" w:rsidP="00E4674B">
+    <w:p w14:paraId="6A3FE759" w14:textId="77777777" w:rsidR="005707ED" w:rsidRDefault="005707ED" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01DF6AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF349DF0"/>
     <w:lvl w:ilvl="0" w:tplc="174896B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1369,89 +1215,96 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="955990370">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1558587760">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2063751867">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="504397013">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC5EF2"/>
     <w:rsid w:val="00006BF1"/>
     <w:rsid w:val="000929C4"/>
     <w:rsid w:val="000E7885"/>
     <w:rsid w:val="00125168"/>
+    <w:rsid w:val="00135F24"/>
     <w:rsid w:val="002C4AFB"/>
     <w:rsid w:val="0033776A"/>
     <w:rsid w:val="003A2A4B"/>
+    <w:rsid w:val="003A5467"/>
+    <w:rsid w:val="005707ED"/>
     <w:rsid w:val="00577E15"/>
     <w:rsid w:val="005E3022"/>
     <w:rsid w:val="005F6D95"/>
     <w:rsid w:val="00693208"/>
+    <w:rsid w:val="006E2B95"/>
+    <w:rsid w:val="00734019"/>
+    <w:rsid w:val="008B7122"/>
     <w:rsid w:val="009F110B"/>
     <w:rsid w:val="00A87185"/>
     <w:rsid w:val="00AC58F7"/>
+    <w:rsid w:val="00B27712"/>
     <w:rsid w:val="00C05A02"/>
     <w:rsid w:val="00C978BD"/>
     <w:rsid w:val="00D323CD"/>
+    <w:rsid w:val="00DE08A3"/>
     <w:rsid w:val="00E13017"/>
     <w:rsid w:val="00E364E6"/>
     <w:rsid w:val="00E4674B"/>
     <w:rsid w:val="00F13359"/>
     <w:rsid w:val="00F15D3C"/>
     <w:rsid w:val="00FC5EF2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -2742,70 +2595,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1029</Characters>
+  <Pages>2</Pages>
+  <Words>158</Words>
+  <Characters>1069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1207</CharactersWithSpaces>
+  <CharactersWithSpaces>1205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mehmet Ali Üzgü</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>