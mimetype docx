--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -1,1968 +1,1729 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E1F34CA" w14:textId="12CA0EF2" w:rsidR="000929C4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="000929C4">
+    <w:p w14:paraId="5E1F34CA" w14:textId="452E6F70" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...11 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Manuscript</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Here</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347889AE" w14:textId="77777777" w:rsidR="002C4AFB" w:rsidRPr="00B83E73" w:rsidRDefault="002C4AFB" w:rsidP="000929C4">
+    <w:p w14:paraId="347889AE" w14:textId="77777777" w:rsidR="002C4AFB" w:rsidRPr="001833A4" w:rsidRDefault="002C4AFB" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F458A1B" w14:textId="19837245" w:rsidR="008C4EF4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="000929C4">
+    <w:p w14:paraId="1FC9CA84" w14:textId="51BF2375" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author Full Name, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Institute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, City, Country, E-mail,</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22F7BF4B" w14:textId="77777777" w:rsidR="008C4EF4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="008C4EF4">
-[...121 lines deleted...]
-        <w:r w:rsidRPr="00B83E73">
+    <w:p w14:paraId="7E81A28D" w14:textId="4EF40B59" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="001833A4">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="auto"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15726110" w14:textId="77777777" w:rsidR="008C4EF4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="008C4EF4">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="447412A8" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2A809C" w14:textId="77777777" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C44A52E" w14:textId="77777777" w:rsidR="00132ED0" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="00132ED0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author Full Name, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Institution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Institute</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00B83E73">
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, City, Country, E-mail,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D238C91" w14:textId="2CAE09B9" w:rsidR="000929C4" w:rsidRPr="001833A4" w:rsidRDefault="000929C4" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001833A4">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="auto"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60025ADB" w14:textId="77777777" w:rsidR="008C4EF4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="008C4EF4">
-[...129 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="390A081C" w14:textId="77777777" w:rsidR="009F110B" w:rsidRPr="001833A4" w:rsidRDefault="009F110B" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="55647EAA" w14:textId="77777777" w:rsidR="008C4EF4" w:rsidRPr="00B83E73" w:rsidRDefault="008C4EF4" w:rsidP="008C4EF4">
-[...35 lines deleted...]
-    <w:p w14:paraId="2B0F69EB" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRPr="00B83E73" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
+    <w:p w14:paraId="1F50B0F8" w14:textId="0223ECFA" w:rsidR="009F110B" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="000929C4">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E15" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="009F110B" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D323CD" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="62EC6908" w14:textId="520481FD" w:rsidR="005F6D95" w:rsidRPr="00B83E73" w:rsidRDefault="00F7447E" w:rsidP="00E364E6">
-      <w:pPr>
+    <w:p w14:paraId="2B0F69EB" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRPr="001833A4" w:rsidRDefault="005F6D95" w:rsidP="000929C4">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11EFD566" w14:textId="17BA843E" w:rsidR="005F6D95" w:rsidRDefault="00132ED0" w:rsidP="00132ED0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...11 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Declarations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="11EFD566" w14:textId="77777777" w:rsidR="005F6D95" w:rsidRPr="00B83E73" w:rsidRDefault="005F6D95" w:rsidP="005F6D95">
+    <w:p w14:paraId="07F6EC6A" w14:textId="77777777" w:rsidR="00132ED0" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="005F6D95">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707F3A02" w14:textId="77777777" w:rsidR="00F7447E" w:rsidRPr="00F7447E" w:rsidRDefault="00F7447E" w:rsidP="00F7447E">
-[...16 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+    <w:p w14:paraId="681992A0" w14:textId="0381AF93" w:rsidR="005F6D95" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="005F6D95">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statement </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>last</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>names</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F6D95" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24671781" w14:textId="77777777" w:rsidR="00132ED0" w:rsidRDefault="00132ED0" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Author </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F7447E">
-[...51 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">*: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: M.A. 40% – N.S. 60%; Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: M.A. 40% – N.S. 60%; Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: M.A. 40% – N.S. 60%; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>preparation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: M.A. 40% – N.S. 60%; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>revision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: M.A. 40% – N.S. 60%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1773F65D" w14:textId="3EE1DD94" w:rsidR="00350E7B" w:rsidRDefault="00350E7B" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E3FEBC" w14:textId="247429CA" w:rsidR="00E4674B" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00577E15" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4674B" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...262 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5BE155A3" w14:textId="418220B1" w:rsidR="00F7447E" w:rsidRPr="00F7447E" w:rsidRDefault="00F7447E" w:rsidP="00F7447E">
-[...219 lines deleted...]
-    <w:p w14:paraId="4C760992" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRPr="00B83E73" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
+    <w:p w14:paraId="6556FF77" w14:textId="79FE5D57" w:rsidR="003A2A4B" w:rsidRPr="001833A4" w:rsidRDefault="00000000" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...53 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="auto"/>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
-          <w:id w:val="-1444985863"/>
+          <w:id w:val="1868558253"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B83E73">
+          <w:r w:rsidR="00AC58F7" w:rsidRPr="001833A4">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="auto"/>
+              <w:b/>
+              <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B83E73">
-[...18 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="003A2A4B" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...10 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>conflict</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>interest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...42 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...18 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...10 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>manuscript</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B83E73">
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="621A0C26" w14:textId="77777777" w:rsidR="00132ED0" w:rsidRDefault="00000000" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="auto"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="-788360519"/>
+          <w:id w:val="-754815124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B83E73">
+          <w:r w:rsidR="00AC58F7" w:rsidRPr="001833A4">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="auto"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B83E73">
-[...9 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>There</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>conflict</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>interest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...26 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>below</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B83E73">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00132ED0" w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D3DE42" w14:textId="77777777" w:rsidR="004D63A1" w:rsidRPr="00B83E73" w:rsidRDefault="00F7447E" w:rsidP="000929C4">
+    <w:p w14:paraId="2A7CE87D" w14:textId="20B1494F" w:rsidR="00AC58F7" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="00132ED0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statement</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC58F7" w:rsidRPr="001833A4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C760992" w14:textId="77777777" w:rsidR="00E4674B" w:rsidRPr="001833A4" w:rsidRDefault="00E4674B" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...47 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="052150BD" w14:textId="5FEDCF0D" w:rsidR="00E4674B" w:rsidRPr="001833A4" w:rsidRDefault="00132ED0" w:rsidP="000929C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132ED0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B83E73">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6ADBD4DD" w14:textId="150F59D8" w:rsidR="004D63A1" w:rsidRPr="00B83E73" w:rsidRDefault="00F7447E" w:rsidP="000929C4">
+    <w:p w14:paraId="63E5654E" w14:textId="77777777" w:rsidR="00D323CD" w:rsidRPr="001833A4" w:rsidRDefault="00D323CD" w:rsidP="000929C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CE49B37" w14:textId="77777777" w:rsidR="00F7447E" w:rsidRPr="00B83E73" w:rsidRDefault="00F7447E" w:rsidP="000929C4">
-[...92 lines deleted...]
-    <w:sectPr w:rsidR="00D323CD" w:rsidRPr="00B83E73">
+    <w:sectPr w:rsidR="00D323CD" w:rsidRPr="001833A4">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D76678C" w14:textId="77777777" w:rsidR="00B84764" w:rsidRDefault="00B84764" w:rsidP="00E4674B">
+    <w:p w14:paraId="605081A3" w14:textId="77777777" w:rsidR="009E17AF" w:rsidRDefault="009E17AF" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49853CED" w14:textId="77777777" w:rsidR="00B84764" w:rsidRDefault="00B84764" w:rsidP="00E4674B">
+    <w:p w14:paraId="4DD53BE9" w14:textId="77777777" w:rsidR="009E17AF" w:rsidRDefault="009E17AF" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00F95F5A" w14:textId="6B5D862A" w:rsidR="00E4674B" w:rsidRDefault="00E4674B" w:rsidP="00E4674B">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00E4674B">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+      <w:t>*Doldurulması zorunludur</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="018D46CF" w14:textId="77777777" w:rsidR="00B84764" w:rsidRDefault="00B84764" w:rsidP="00E4674B">
+    <w:p w14:paraId="501C8743" w14:textId="77777777" w:rsidR="009E17AF" w:rsidRDefault="009E17AF" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32C23140" w14:textId="77777777" w:rsidR="00B84764" w:rsidRDefault="00B84764" w:rsidP="00E4674B">
+    <w:p w14:paraId="07DD42EC" w14:textId="77777777" w:rsidR="009E17AF" w:rsidRDefault="009E17AF" w:rsidP="00E4674B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01DF6AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF349DF0"/>
     <w:lvl w:ilvl="0" w:tplc="174896B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2157,163 +1918,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A8D29A2"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA27DB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC94D6DC"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -2358,51 +2006,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48A22F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F601B34"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -2448,124 +2096,121 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="955990370">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1558587760">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2063751867">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="504397013">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="911356828">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC5EF2"/>
     <w:rsid w:val="00006BF1"/>
     <w:rsid w:val="000929C4"/>
     <w:rsid w:val="000E7885"/>
     <w:rsid w:val="00125168"/>
+    <w:rsid w:val="00132ED0"/>
+    <w:rsid w:val="00134187"/>
+    <w:rsid w:val="001833A4"/>
     <w:rsid w:val="002C4AFB"/>
     <w:rsid w:val="0033776A"/>
+    <w:rsid w:val="00350E7B"/>
+    <w:rsid w:val="0039203E"/>
     <w:rsid w:val="003A2A4B"/>
-    <w:rsid w:val="004D63A1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00534644"/>
+    <w:rsid w:val="0046345A"/>
+    <w:rsid w:val="00553779"/>
     <w:rsid w:val="00577E15"/>
     <w:rsid w:val="005E3022"/>
     <w:rsid w:val="005F6D95"/>
     <w:rsid w:val="00693208"/>
-    <w:rsid w:val="008C4EF4"/>
+    <w:rsid w:val="00696D18"/>
+    <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009F110B"/>
     <w:rsid w:val="00A87185"/>
     <w:rsid w:val="00AC58F7"/>
-    <w:rsid w:val="00B83E73"/>
-    <w:rsid w:val="00B84764"/>
     <w:rsid w:val="00C05A02"/>
+    <w:rsid w:val="00C47D56"/>
     <w:rsid w:val="00C978BD"/>
     <w:rsid w:val="00D323CD"/>
     <w:rsid w:val="00E13017"/>
-    <w:rsid w:val="00E31075"/>
     <w:rsid w:val="00E364E6"/>
     <w:rsid w:val="00E4674B"/>
-    <w:rsid w:val="00EC4764"/>
     <w:rsid w:val="00F13359"/>
     <w:rsid w:val="00F15D3C"/>
-    <w:rsid w:val="00F7447E"/>
     <w:rsid w:val="00FC5EF2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3003,50 +2648,51 @@
     <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC5EF2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC5EF2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -3210,50 +2856,51 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC5EF2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
     <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:rsid w:val="00FC5EF2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
     <w:name w:val="Başlık 4 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC5EF2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
     <w:name w:val="Başlık 5 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
@@ -3536,111 +3183,62 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E4674B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4674B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
     <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E4674B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...47 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3894,90 +3492,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>1182</Characters>
+  <Words>154</Words>
+  <Characters>1015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1331</CharactersWithSpaces>
+  <CharactersWithSpaces>1150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mehmet Ali Üzgü</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>