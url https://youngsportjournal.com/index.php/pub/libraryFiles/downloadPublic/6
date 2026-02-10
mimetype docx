--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -10,11103 +10,10615 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
+    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRPr="000F4826" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4241EAEC" w14:textId="108FC041" w:rsidR="00704EF8" w:rsidRDefault="00704EF8" w:rsidP="00704EF8">
+    <w:p w14:paraId="4241EAEC" w14:textId="108FC041" w:rsidR="00704EF8" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00704EF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manuscript</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Here</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> Here, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enter</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Your</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> Here</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F555835" w14:textId="75DE300E" w:rsidR="0046304C" w:rsidRPr="000F4826" w:rsidRDefault="0046304C" w:rsidP="001E4A48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Manuscript</w:t>
-[...11 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F555835" w14:textId="75DE300E" w:rsidR="0046304C" w:rsidRDefault="0046304C" w:rsidP="001E4A48">
+    <w:p w14:paraId="47C9A529" w14:textId="77777777" w:rsidR="00064647" w:rsidRPr="000F4826" w:rsidRDefault="00064647" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47C9A529" w14:textId="77777777" w:rsidR="00064647" w:rsidRDefault="00064647" w:rsidP="001E4A48">
+    <w:p w14:paraId="2F925C0E" w14:textId="0AF460DA" w:rsidR="00064647" w:rsidRPr="000F4826" w:rsidRDefault="00064647" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-        <w:sectPr w:rsidR="00064647" w:rsidSect="00F805F2">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00064647" w:rsidRPr="000F4826" w:rsidSect="00F805F2">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DD4A376" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="001B1136" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
+    <w:p w14:paraId="6DD4A376" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="000F4826" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5934E9CE" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRDefault="001E4A48" w:rsidP="008C4F83">
+    <w:p w14:paraId="5934E9CE" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="000F4826" w:rsidRDefault="001E4A48" w:rsidP="008C4F83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6409014B" w14:textId="7FFBDBD9" w:rsidR="00DB78C2" w:rsidRPr="00C344F2" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="6409014B" w14:textId="7FFBDBD9" w:rsidR="00DB78C2" w:rsidRPr="000F4826" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>XXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
-      <w:r w:rsidR="00C344F2" w:rsidRPr="00C344F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00C344F2" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773FB3B2" w14:textId="77777777" w:rsidR="00DB78C2" w:rsidRDefault="00DB78C2" w:rsidP="00EC509F">
+    <w:p w14:paraId="773FB3B2" w14:textId="77777777" w:rsidR="00DB78C2" w:rsidRPr="000F4826" w:rsidRDefault="00DB78C2" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78BF6675" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="78BF6675" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="000F4826" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00F4EF7C" w14:textId="7C228F84" w:rsidR="00CE3192" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="00F4EF7C" w14:textId="7C228F84" w:rsidR="00CE3192" w:rsidRPr="000F4826" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>XXXXXX</w:t>
       </w:r>
-      <w:r w:rsidR="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>XXXXXXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B43820" w14:textId="77777777" w:rsidR="00525B10" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="27B43820" w14:textId="77777777" w:rsidR="00525B10" w:rsidRPr="000F4826" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD6CEA4" w14:textId="77777777" w:rsidR="00525B10" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
+    <w:p w14:paraId="0DD6CEA4" w14:textId="77777777" w:rsidR="00525B10" w:rsidRPr="000F4826" w:rsidRDefault="00525B10" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3019E516" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="3019E516" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="000F4826" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1053190F" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
+    <w:p w14:paraId="1053190F" w14:textId="77777777" w:rsidR="009A7A99" w:rsidRPr="000F4826" w:rsidRDefault="009A7A99" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD0AC54" w14:textId="02DE9BE7" w:rsidR="00EC509F" w:rsidRPr="00752958" w:rsidRDefault="003A1CF7" w:rsidP="00EC509F">
+    <w:p w14:paraId="0BD0AC54" w14:textId="02DE9BE7" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="003A1CF7" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Received</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EC509F" w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00EC509F" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00752958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00752958" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00752958" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>07</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004757F0" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="004757F0" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00752958" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00752958" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="004757F0" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="004757F0" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00EC509F" w:rsidRPr="00752958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00EC509F" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EC509F" w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00EC509F" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00752958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004757F0" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="004757F0" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00752958" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00752958" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.2025</w:t>
       </w:r>
-      <w:r w:rsidR="00EC509F" w:rsidRPr="00752958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00EC509F" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Published</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EC509F" w:rsidRPr="003A1CF7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00EC509F" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00752958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>15.0</w:t>
       </w:r>
-      <w:r w:rsidR="004757F0" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="004757F0" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="003D6BCB" w:rsidRPr="00525B10">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="003D6BCB" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD4E7C8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="5AD4E7C8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31099AB8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="31099AB8" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B61AF1F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="1B61AF1F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A04CF67" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="1A04CF67" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C8E898F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
+    <w:p w14:paraId="0C8E898F" w14:textId="77777777" w:rsidR="00EC509F" w:rsidRPr="000F4826" w:rsidRDefault="00EC509F" w:rsidP="00EC509F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D2453C" w14:textId="3064CD5E" w:rsidR="00CE3192" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
+    <w:p w14:paraId="32D2453C" w14:textId="3064CD5E" w:rsidR="00CE3192" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Authors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>publishing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>retain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>copyright</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>work</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>licensed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Creative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Commons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Attribution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.0 International (CC BY-NC 4.0) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>license</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6CF7B1" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
+    <w:p w14:paraId="4D6CF7B1" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="571D0F20" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
+    <w:p w14:paraId="571D0F20" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CB412FF" w14:textId="77777777" w:rsidR="00C344F2" w:rsidRDefault="00C344F2" w:rsidP="00676ABB">
+    <w:p w14:paraId="7CB412FF" w14:textId="77777777" w:rsidR="00C344F2" w:rsidRPr="000F4826" w:rsidRDefault="00C344F2" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E9E293" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="30E9E293" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="000F4826" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="535145F7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="535145F7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="000F4826" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A18B9D7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
+    <w:p w14:paraId="4A18B9D7" w14:textId="77777777" w:rsidR="00CC35E3" w:rsidRPr="000F4826" w:rsidRDefault="00CC35E3" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D0E3AB2" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
+    <w:p w14:paraId="1D0E3AB2" w14:textId="77777777" w:rsidR="00704EF8" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DFA5DE6" w14:textId="10DA2D72" w:rsidR="001E4A48" w:rsidRPr="00782638" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
+    <w:p w14:paraId="5DFA5DE6" w14:textId="10DA2D72" w:rsidR="001E4A48" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="300B01B9" w14:textId="43568E6F" w:rsidR="00CC35E3" w:rsidRDefault="00704EF8" w:rsidP="00CC35E3">
+    <w:p w14:paraId="47F9FFCD" w14:textId="1F26CB11" w:rsidR="0046304C" w:rsidRPr="000F4826" w:rsidRDefault="000F4826" w:rsidP="000F4826">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00704EF8" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>single-spaced</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unstructured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 150–300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704EF8">
-[...194 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="47F9FFCD" w14:textId="314DE688" w:rsidR="0046304C" w:rsidRDefault="0046304C" w:rsidP="00676ABB">
+    <w:p w14:paraId="7CE67D40" w14:textId="1386D12E" w:rsidR="006029BD" w:rsidRPr="000F4826" w:rsidRDefault="00704EF8" w:rsidP="00676ABB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-        <w:sectPr w:rsidR="006029BD" w:rsidRPr="006029BD" w:rsidSect="003D6BCB">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006029BD" w:rsidRPr="000F4826" w:rsidSect="003D6BCB">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="283" w:equalWidth="0">
             <w:col w:w="1985" w:space="283"/>
             <w:col w:w="6804"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="001E4A48" w:rsidRPr="00782638">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="001E4A48" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="001E4A48" w:rsidRPr="00782638">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="001E4A48" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sport</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>port</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000F4826" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826" w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>port</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sychology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (Minimum 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704EF8">
-[...37 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...46 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>separated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>commas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704EF8">
-[...145 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C000C2" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00E449A9">
+    <w:p w14:paraId="57C000C2" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRPr="000F4826" w:rsidRDefault="00F805F2" w:rsidP="00E449A9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79162207" w14:textId="34608CA7" w:rsidR="006D7187" w:rsidRPr="006D3D53" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="79162207" w14:textId="34608CA7" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECD0CA0" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="2ECD0CA0" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>introduction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clearly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>present</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>topic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rationale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, problem, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>theoretical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conceptual</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>framework</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relevant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>key</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>literature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provided</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>last</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paragraph</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>introduction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>state</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>study’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>objective</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>originality</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abbreviations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assumptions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limitations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>presented</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>justifications</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B784B4A" w14:textId="793F2E9A" w:rsidR="006D7187" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="4B784B4A" w14:textId="793F2E9A" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>METHODS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB5E251" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="1AB5E251" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detailed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>research</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>design</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> model. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>subheadings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>included</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>according</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>type</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D66C2A" w14:textId="0A576198" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="07D66C2A" w14:textId="0A576198" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Group</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="08BB70AA" w14:textId="306B5214" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="08BB70AA" w14:textId="306B5214" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>power</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>analysis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recommended</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>determine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sample</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> size.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7115461A" w14:textId="203886EF" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="7115461A" w14:textId="72C52500" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>written</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...19 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>justified</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1.5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>line</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spacing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2921EAA4" w14:textId="339D451C" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="2921EAA4" w14:textId="339D451C" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ethics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>committee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clearly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>source</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70015C27" w14:textId="3371052F" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="70015C27" w14:textId="3371052F" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>original</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ethics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Committee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Approval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uploaded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>system</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>during</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F07416E" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="5F07416E" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Studies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ethics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rejected</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49147222" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+    <w:p w14:paraId="49147222" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B626C63" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="5B626C63" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data Collection Tools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784627F5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="784627F5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detailed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>description</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inventories</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>measurement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>instruments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F74CD74" w14:textId="33C2177D" w:rsidR="006D7187" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="6F74CD74" w14:textId="33C2177D" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data Analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F46A8C0" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="5F46A8C0" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detailed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>statistical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>analyses</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conducted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specific</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>procedures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2802B933" w14:textId="5C15E52F" w:rsidR="006D7187" w:rsidRPr="006D3D53" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="2802B933" w14:textId="5C15E52F" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RESULTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781CBC82" w14:textId="2F159945" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="781CBC82" w14:textId="7B9FC6E2" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>titles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>written</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in 11 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1173798B" w14:textId="32ACED3A" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1173798B" w14:textId="32ACED3A" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Add</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spacing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EAEAD5" w14:textId="574AB18B" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="29EAEAD5" w14:textId="574AB18B" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>follow</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> APA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>style</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vertical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lines</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visually</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clear</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD207B7" w14:textId="6789F5F0" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="0BD207B7" w14:textId="6789F5F0" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Only</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>letter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>capitalized</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e.g</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>., "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1."</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F66E41B" w14:textId="10A9A5CF" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="7F66E41B" w14:textId="10A9A5CF" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>does</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> not fit on a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>single</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, it </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continued</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>next</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>heading</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continued</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1193271A" w14:textId="2949D629" w:rsidR="006D7187" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1193271A" w14:textId="67362F3E" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>notes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>written</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in 11 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...19 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="731B83E0" w14:textId="77777777" w:rsidR="006D7187" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="731B83E0" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE81559" w14:textId="77777777" w:rsidR="006D7187" w:rsidRPr="00FD1EF5" w:rsidRDefault="006D7187" w:rsidP="006D7187">
+    <w:p w14:paraId="4DE81559" w14:textId="77777777" w:rsidR="006D7187" w:rsidRDefault="006D7187" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C279ACA" w14:textId="65A047E6" w:rsidR="006D7187" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="58458ABD" w14:textId="77777777" w:rsidR="000F4826" w:rsidRPr="000F4826" w:rsidRDefault="000F4826" w:rsidP="006D7187">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C279ACA" w14:textId="65A047E6" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DISCUSSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6287BF8D" w14:textId="6EE3D7FA" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="6287BF8D" w14:textId="6EE3D7FA" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discussion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>interpret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>explain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>results</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>light</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>existing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>literature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD348DA" w14:textId="4930C434" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1BD348DA" w14:textId="4930C434" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Comparisons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>previous</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>studies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>interpretation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>included</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452B1470" w14:textId="65A6C06B" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="452B1470" w14:textId="65A6C06B" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>meaning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>findings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limitations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>strengths</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>boundaries</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discussed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4482B6AC" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="4482B6AC" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Practical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>implications</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>unanswered</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>questions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>necessary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>new</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hypotheses</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mentioned</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D6F7BA" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="34D6F7BA" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7114A791" w14:textId="0B7ED1BB" w:rsidR="006D7187" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+    <w:p w14:paraId="7114A791" w14:textId="0B7ED1BB" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONCLUSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A811B9" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="59A811B9" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Summarize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> main </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>findings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recommendations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>research</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27319D42" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="27319D42" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="400F98BB" w14:textId="1FDA677F" w:rsidR="006D7187" w:rsidRDefault="008648B5" w:rsidP="006D7187">
+    <w:p w14:paraId="400F98BB" w14:textId="1FDA677F" w:rsidR="006D7187" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="006D7187">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF7C4C0" w14:textId="7702E5BB" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1EF7C4C0" w14:textId="7702E5BB" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>follow</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> APA 6 format, be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>listed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alphabetically</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>numbered</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E38E39E" w14:textId="45342F32" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1E38E39E" w14:textId="09114804" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Font</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spacing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>between</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>references</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12111DDB" w14:textId="0780E5F7" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="12111DDB" w14:textId="0780E5F7" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Include</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> DOI at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>end</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reference </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4D33B5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+    <w:p w14:paraId="1F4D33B5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="013085B3" w14:textId="5BFB412D" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+    <w:p w14:paraId="013085B3" w14:textId="5BFB412D" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ordering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299C755A" w14:textId="71EDF47C" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="299C755A" w14:textId="71EDF47C" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>works</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alphabetically</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544544BC" w14:textId="50C91B47" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="544544BC" w14:textId="50C91B47" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> multiple </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publications</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>earliest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>latest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C75FFBB" w14:textId="4E2851BA" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="1C75FFBB" w14:textId="4E2851BA" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has multiple </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>works</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>year</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>group</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>authors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alphabetically</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>letter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>article</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>add</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>letter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>year</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e.g</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2023a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2023b).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6B3821" w14:textId="7BD42BBA" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="3C6B3821" w14:textId="7BD42BBA" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>both</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>single-author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>multi-author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publications</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>list</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>single-author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>works</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDA260D" w14:textId="78550D59" w:rsidR="008648B5" w:rsidRPr="008648B5" w:rsidRDefault="008648B5" w:rsidP="008648B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListeParagraf"/>
+    <w:p w14:paraId="0FDA260D" w14:textId="78550D59" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="008648B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>second</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>third</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>authors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>differ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alphabetically</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>second</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>second</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>authors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>third</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008648B5">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3410FFB5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="00C61532">
+    <w:p w14:paraId="3410FFB5" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12AB0DE4" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="00C61532">
+    <w:p w14:paraId="12AB0DE4" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1435BA4C" w14:textId="77777777" w:rsidR="008648B5" w:rsidRDefault="008648B5" w:rsidP="00C61532">
+    <w:p w14:paraId="1435BA4C" w14:textId="77777777" w:rsidR="008648B5" w:rsidRPr="000F4826" w:rsidRDefault="008648B5" w:rsidP="00C61532">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FD303E7" w14:textId="77777777" w:rsidR="002E07D2" w:rsidRDefault="002E07D2" w:rsidP="001E4A48">
+    <w:p w14:paraId="6FD303E7" w14:textId="77777777" w:rsidR="002E07D2" w:rsidRPr="000F4826" w:rsidRDefault="002E07D2" w:rsidP="001E4A48">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002E07D2" w:rsidSect="00845F86">
+    <w:sectPr w:rsidR="002E07D2" w:rsidRPr="000F4826" w:rsidSect="00845F86">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="110"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14B08FF6" w14:textId="77777777" w:rsidR="00B55E8D" w:rsidRDefault="00B55E8D" w:rsidP="007D376A">
+    <w:p w14:paraId="7066951C" w14:textId="77777777" w:rsidR="005E62A8" w:rsidRDefault="005E62A8" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21E9D9D2" w14:textId="77777777" w:rsidR="00B55E8D" w:rsidRDefault="00B55E8D" w:rsidP="007D376A">
+    <w:p w14:paraId="2580598E" w14:textId="77777777" w:rsidR="005E62A8" w:rsidRDefault="005E62A8" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11125,93 +10637,93 @@
     <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-130329414"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0EE24B42" w14:textId="4147ECF6" w:rsidR="00A43C78" w:rsidRDefault="00A43C78">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6D8750A7" w14:textId="49139259" w:rsidR="000551C3" w:rsidRPr="00CA0828" w:rsidRDefault="000551C3" w:rsidP="00291AC8">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CDDC6F0" w14:textId="176C0CBB" w:rsidR="006029BD" w:rsidRPr="00CA0828" w:rsidRDefault="00CD3725" w:rsidP="00F57127">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>JYSA</w:t>
     </w:r>
     <w:r w:rsidR="006029BD">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
@@ -11308,77 +10820,77 @@
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XXX</w:t>
     </w:r>
     <w:r w:rsidR="006029BD" w:rsidRPr="00CA0828">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CA63D4E" w14:textId="77777777" w:rsidR="00B55E8D" w:rsidRDefault="00B55E8D" w:rsidP="007D376A">
+    <w:p w14:paraId="1F7C2F1F" w14:textId="77777777" w:rsidR="005E62A8" w:rsidRDefault="005E62A8" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="404B6216" w14:textId="77777777" w:rsidR="00B55E8D" w:rsidRDefault="00B55E8D" w:rsidP="007D376A">
+    <w:p w14:paraId="7EC22069" w14:textId="77777777" w:rsidR="005E62A8" w:rsidRDefault="005E62A8" w:rsidP="007D376A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E596958" w14:textId="4AF059EA" w:rsidR="009650C2" w:rsidRPr="009650C2" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="01B64911">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
@@ -11476,51 +10988,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>GSAD</w:t>
     </w:r>
     <w:r w:rsidR="009650C2" w:rsidRPr="009650C2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>, 2024; 4 (2): 24-30</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="683A08D1" w14:textId="4860B609" w:rsidR="007D376A" w:rsidRPr="00474D50" w:rsidRDefault="00CD3725" w:rsidP="00CD3725">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CD3725">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EBF9E8B" wp14:editId="0BC2CECE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4609465</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-511810</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1203960" cy="1203960"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -11550,90 +11062,90 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1203960" cy="1203960"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00474D50" w:rsidRPr="00CD3725">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00474D50" w:rsidRPr="00CD3725">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Young </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00474D50" w:rsidRPr="00CD3725">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Sport</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00474D50" w:rsidRPr="00CD3725">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Academy (JYSA)</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00000000">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="16CBC3CF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
@@ -11817,80 +11329,80 @@
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="911641" cy="329064"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TabloKlavuzu"/>
+      <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2264"/>
       <w:gridCol w:w="4532"/>
       <w:gridCol w:w="2266"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F805F2" w14:paraId="0211827E" w14:textId="77777777" w:rsidTr="00755392">
       <w:trPr>
         <w:trHeight w:val="346"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6EA90261" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04F478B5" wp14:editId="31C77113">
                 <wp:extent cx="981075" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="1119177522" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="541978769" name="Resim 1" descr="grafik, logo, metin, yazı tipi içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
@@ -11921,127 +11433,127 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="981075" cy="981075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="64CD3B46" w14:textId="55847C5D" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00FB221A">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:hyperlink r:id="rId4" w:history="1">
             <w:r w:rsidRPr="007E342D">
               <w:rPr>
-                <w:rStyle w:val="Kpr"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>GENÇ SPOR AKADEMİ DERGİSİ</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="07995035" w14:textId="5FA957BD" w:rsidR="00F57127" w:rsidRPr="000D52A2" w:rsidRDefault="000D52A2" w:rsidP="00FB221A">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D52A2">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>JOURNAL OF YOUNG SPORT ACADEMY</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3067C5F8" w14:textId="2EAA8EF7" w:rsidR="00F805F2" w:rsidRPr="00564DB6" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiBold SemiConden" w:hAnsi="Bahnschrift SemiBold SemiConden"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="18229742" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B49BE05" wp14:editId="3D1CDBEF">
                 <wp:extent cx="1028700" cy="1028700"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1118969379" name="Resim 2" descr="metin, grafik, yazı tipi, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="36573798" name="Resim 2" descr="metin, grafik, yazı tipi, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId5">
                           <a:extLst>
                             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
@@ -12072,168 +11584,168 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1028713" cy="1028713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="4C05ECAA" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="74C7C222" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E6F928F" w14:textId="06B39DAB" w:rsidR="00F805F2" w:rsidRPr="00D64258" w:rsidRDefault="00D64258" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00D64258">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>e -</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="00D64258">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> ISSN: 3062-259X</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="09563A44" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="7A33F463" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="1A5504CF" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4AA644E0" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRPr="0048481A" w:rsidRDefault="00F805F2" w:rsidP="008B5FF6">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="67AD30BF" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F805F2" w14:paraId="45AFD112" w14:textId="77777777" w:rsidTr="00755392">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2264" w:type="dxa"/>
           <w:vMerge/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="36337479" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4532" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6F081F32" w14:textId="679CD662" w:rsidR="00F805F2" w:rsidRPr="000551C3" w:rsidRDefault="00CD3725" w:rsidP="00D64258">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:proofErr w:type="spellStart"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>September</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidR="00D64258" w:rsidRPr="000551C3">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> 20</w:t>
           </w:r>
@@ -12329,61 +11841,61 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00525B10">
             <w:rPr>
               <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2266" w:type="dxa"/>
           <w:vMerge/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="25A1A7D1" w14:textId="77777777" w:rsidR="00F805F2" w:rsidRDefault="00F805F2" w:rsidP="00F805F2">
           <w:pPr>
-            <w:pStyle w:val="stBilgi"/>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6B98D189" w14:textId="37AD5F7C" w:rsidR="00D64258" w:rsidRPr="00EF6277" w:rsidRDefault="00000000" w:rsidP="008B5FF6">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
-        <w:rStyle w:val="Kpr"/>
+        <w:rStyle w:val="Hyperlink"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:pict w14:anchorId="51FF51C2">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
@@ -12454,51 +11966,51 @@
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D64258">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D64258">
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId8" w:history="1">
       <w:r w:rsidR="00D64258" w:rsidRPr="00CA2188">
         <w:rPr>
-          <w:rStyle w:val="Kpr"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Bahnschrift SemiLight SemiConde" w:hAnsi="Bahnschrift SemiLight SemiConde"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00167D33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAC80FD4"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -13806,187 +13318,190 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1006788035">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1133525244">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2103528736">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1565753248">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1303733426">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="379595330">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001019DD"/>
     <w:rsid w:val="000034E1"/>
     <w:rsid w:val="000037C8"/>
     <w:rsid w:val="000042C2"/>
     <w:rsid w:val="000238A1"/>
     <w:rsid w:val="000406D5"/>
     <w:rsid w:val="000455A5"/>
     <w:rsid w:val="000505CB"/>
     <w:rsid w:val="000551C3"/>
     <w:rsid w:val="00064647"/>
     <w:rsid w:val="00066AF5"/>
     <w:rsid w:val="00067C0A"/>
     <w:rsid w:val="00070FE4"/>
     <w:rsid w:val="00074C40"/>
     <w:rsid w:val="000C3B64"/>
     <w:rsid w:val="000C7116"/>
     <w:rsid w:val="000D4269"/>
     <w:rsid w:val="000D52A2"/>
     <w:rsid w:val="000D61A4"/>
     <w:rsid w:val="000E440A"/>
+    <w:rsid w:val="000F4826"/>
     <w:rsid w:val="001019DD"/>
     <w:rsid w:val="00107B50"/>
     <w:rsid w:val="001131D6"/>
     <w:rsid w:val="00126F9E"/>
     <w:rsid w:val="00135E3B"/>
     <w:rsid w:val="00137F01"/>
     <w:rsid w:val="00140794"/>
     <w:rsid w:val="0014141D"/>
     <w:rsid w:val="0014602B"/>
     <w:rsid w:val="00160ACE"/>
     <w:rsid w:val="001776CF"/>
     <w:rsid w:val="001809A7"/>
     <w:rsid w:val="001A2D3A"/>
     <w:rsid w:val="001B0C90"/>
     <w:rsid w:val="001B1136"/>
     <w:rsid w:val="001C6215"/>
     <w:rsid w:val="001E23A3"/>
     <w:rsid w:val="001E4A48"/>
     <w:rsid w:val="001E661D"/>
     <w:rsid w:val="001F2E81"/>
     <w:rsid w:val="001F4BAD"/>
     <w:rsid w:val="0021113D"/>
     <w:rsid w:val="0021169D"/>
     <w:rsid w:val="00237F2B"/>
     <w:rsid w:val="002407D1"/>
     <w:rsid w:val="00266D5C"/>
     <w:rsid w:val="00274B76"/>
     <w:rsid w:val="0028676C"/>
     <w:rsid w:val="00291AC8"/>
     <w:rsid w:val="00296B43"/>
     <w:rsid w:val="002A27C8"/>
     <w:rsid w:val="002B64D2"/>
     <w:rsid w:val="002C6497"/>
     <w:rsid w:val="002D39C5"/>
     <w:rsid w:val="002D4474"/>
     <w:rsid w:val="002D6D51"/>
     <w:rsid w:val="002E07D2"/>
     <w:rsid w:val="002F1AB6"/>
     <w:rsid w:val="00314E47"/>
     <w:rsid w:val="00317D9B"/>
     <w:rsid w:val="003354EA"/>
     <w:rsid w:val="00351929"/>
     <w:rsid w:val="00353D98"/>
     <w:rsid w:val="003541FE"/>
     <w:rsid w:val="00357B84"/>
     <w:rsid w:val="0037051E"/>
     <w:rsid w:val="00373D02"/>
     <w:rsid w:val="003A1CF7"/>
     <w:rsid w:val="003A43DB"/>
     <w:rsid w:val="003A4532"/>
+    <w:rsid w:val="003A5467"/>
     <w:rsid w:val="003C74E4"/>
     <w:rsid w:val="003D354A"/>
     <w:rsid w:val="003D6BCB"/>
     <w:rsid w:val="003F0637"/>
     <w:rsid w:val="00410F87"/>
     <w:rsid w:val="00412464"/>
     <w:rsid w:val="00431995"/>
     <w:rsid w:val="00435FBF"/>
     <w:rsid w:val="00441804"/>
     <w:rsid w:val="00453090"/>
     <w:rsid w:val="0046304C"/>
     <w:rsid w:val="004712DE"/>
     <w:rsid w:val="00474D50"/>
     <w:rsid w:val="004757F0"/>
     <w:rsid w:val="00477598"/>
     <w:rsid w:val="00481C36"/>
     <w:rsid w:val="0048481A"/>
     <w:rsid w:val="004868C9"/>
     <w:rsid w:val="00491A3B"/>
     <w:rsid w:val="00497677"/>
     <w:rsid w:val="004A40E8"/>
     <w:rsid w:val="004B1750"/>
     <w:rsid w:val="004E65CC"/>
     <w:rsid w:val="004F18E6"/>
     <w:rsid w:val="004F3F2B"/>
     <w:rsid w:val="005107E2"/>
     <w:rsid w:val="00514D5A"/>
     <w:rsid w:val="00517ACD"/>
     <w:rsid w:val="00525B10"/>
     <w:rsid w:val="00527D20"/>
     <w:rsid w:val="00550229"/>
     <w:rsid w:val="00564DB6"/>
     <w:rsid w:val="0057235E"/>
     <w:rsid w:val="00585DD7"/>
     <w:rsid w:val="00596BA5"/>
     <w:rsid w:val="005A1678"/>
     <w:rsid w:val="005C0403"/>
     <w:rsid w:val="005D4F71"/>
     <w:rsid w:val="005D6078"/>
+    <w:rsid w:val="005E62A8"/>
     <w:rsid w:val="005E7767"/>
     <w:rsid w:val="005F7B9C"/>
     <w:rsid w:val="006029BD"/>
     <w:rsid w:val="00604869"/>
     <w:rsid w:val="00611BB6"/>
     <w:rsid w:val="00612889"/>
     <w:rsid w:val="00615A93"/>
     <w:rsid w:val="006175E1"/>
     <w:rsid w:val="00620188"/>
     <w:rsid w:val="00627A2D"/>
     <w:rsid w:val="00632FCD"/>
     <w:rsid w:val="00641E25"/>
     <w:rsid w:val="0064286F"/>
     <w:rsid w:val="00650539"/>
     <w:rsid w:val="00650FE8"/>
     <w:rsid w:val="006562C1"/>
     <w:rsid w:val="00657593"/>
     <w:rsid w:val="00670AE9"/>
     <w:rsid w:val="00675CC5"/>
     <w:rsid w:val="00676ABB"/>
     <w:rsid w:val="00682412"/>
     <w:rsid w:val="006853DE"/>
     <w:rsid w:val="006861E0"/>
     <w:rsid w:val="00695B88"/>
     <w:rsid w:val="006A77A3"/>
@@ -14562,242 +14077,242 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="stBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D376A"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="AltBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D376A"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007D376A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00514D5A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00514D5A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dzeltme">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F255C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AklamaBavurusu">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaMetni">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AklamaMetniChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="AklamaMetni"/>
-[...1 lines deleted...]
-    <w:link w:val="AklamaKonusuChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaKonusu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F255C9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="AkGlgeleme">
+  <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="001E4A48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -14849,192 +14364,192 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0057235E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D80379"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="tr-TR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="001809A7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0046304C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
-[...2 lines deleted...]
-    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-string">
     <w:name w:val="hljs-string"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-keyword">
     <w:name w:val="hljs-keyword"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-selector-tag">
     <w:name w:val="hljs-selector-tag"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-number">
     <w:name w:val="hljs-number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hljs-comment">
     <w:name w:val="hljs-comment"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0046304C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="128286500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
@@ -15338,70 +14853,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>641</Words>
-  <Characters>4079</Characters>
+  <Words>616</Words>
+  <Characters>4083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4694</CharactersWithSpaces>
+  <CharactersWithSpaces>4656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mehmet ali üzgü</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>