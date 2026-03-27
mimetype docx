--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1,12116 +1,2096 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A7681B4" w14:textId="2D69442C" w:rsidR="00BB1821" w:rsidRPr="000F4826" w:rsidRDefault="00BB1821" w:rsidP="00514D5A">
+    <w:p w14:paraId="6DD453A9" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>Please Enter the Title of Your Manuscript Here, Please Enter the Title of Your Manuscript Here</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03534A7E" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BA2AB5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10562D32" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E54D41" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E709B5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337C10AB" w14:textId="418AC278" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6E12D7" w14:textId="75A9E623" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Times New Roman, 10 pt, single-spaced, unstructured, 150–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1094F9" w14:textId="7EBDE553" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD3F6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sport, sport culture, sport psychology, (Minimum 3 words, maximum 5 words separated by commas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556AF77A" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68380EE2" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136CFF90" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05CC86E5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1C1BD9" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B33B305" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D115F26" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1F2C88" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A35DD2" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74CC0399" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C2480D5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ADEE597" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12DFA7DF" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603BC3E9" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4120AB6E" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="248D7733" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6659BD69" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180C530A" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="133FE7C4" w14:textId="13C770A4" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Your</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>I</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Manuscript</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>NTRODUCTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AB1210" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The introduction should clearly present the topic, rationale, problem, and the theoretical or conceptual framework of the study. A review of the relevant key literature must be provided. The last paragraph of the introduction should state the study’s objective and originality. Definitions, abbreviations, assumptions, and limitations, if applicable, should also be presented with justifications in this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE0AAB4" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Here, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>METHODS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C01B2C0" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This section should provide detailed information about the research design and model. The following subheadings should be included according to the type of submission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18335727" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enter</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>Study Group or Participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A34020" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A power analysis is recommended to determine the sample size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DFADA5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text should be written in 12 pt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, justified, 1.5 line spacing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7115583F" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ethics committee approval must be clearly stated, including the source, approval number, and date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE769C3" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The original Ethics Committee Approval must be uploaded to the system during submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD147DC" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Studies without ethics approval will be rejected without review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BEC3F3" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36701306" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>Data Collection Tools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0496AD8B" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provide a detailed description of all inventories or measurement instruments used in the study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238C513D" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>Data Analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59155D49" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provide detailed information about the statistical analyses conducted, including software and specific procedures used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A8A857" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Your</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>RESULTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184EDDE3" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table titles should be written in 11 pt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and bolded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A2FD7F" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Add a 6 pt spacing after each table title.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE3B52D" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tables must follow APA style, without vertical lines, and should be visually clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AA3021" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Only the first letter of the table title should be capitalized, e.g., "Table 1."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61051EFA" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a table does not fit on a single page, it should be continued on the next page with the heading “Table 2 continued”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C82577B" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table notes should also be written in 11 pt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F62CA6C" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFC68AE" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D488DB7" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2371694B" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Manuscript</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F4826">
+        <w:t>DISCUSSION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E1247B" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The discussion should interpret and explain the results in light of existing literature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68417266" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Comparisons with previous studies and the author’s interpretation should be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CEAC97" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The meaning of the findings, limitations, strengths, and their boundaries should be discussed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BFE828" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Practical implications, unanswered questions, and, if necessary, new hypotheses should also be mentioned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3A356D" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2069D7" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Here</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="47C9A529" w14:textId="77777777" w:rsidR="00064647" w:rsidRPr="000F4826" w:rsidRDefault="00064647" w:rsidP="001E4A48">
+        <w:t>CONCLUSION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8955BD" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="2F925C0E" w14:textId="0AF460DA" w:rsidR="00064647" w:rsidRPr="000F4826" w:rsidRDefault="00064647" w:rsidP="001E4A48">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summarize the main findings and provide concise recommendations for future research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AB1E95" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="6DD4A376" w14:textId="77777777" w:rsidR="001E4A48" w:rsidRPr="000F4826" w:rsidRDefault="001E4A48" w:rsidP="001E4A48">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C11BAF" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...56 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...3951 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REFERENCES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304FF572" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...144 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>References should follow APA 6 format, be listed alphabetically, and not numbered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0687ED56" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...79 lines deleted...]
-      <w:r w:rsidR="000F4826">
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Times New Roman</w:t>
       </w:r>
       <w:r w:rsidRPr="000F4826">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...58 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>, 10 pt, with 6 pt spacing between references.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A8A455" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...244 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Include the DOI at the end of the reference if available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB50B2D" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B7A7CF6" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reference Ordering Rules:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6518CB5F" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...226 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>List works alphabetically by the surname of the first author.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033EEBD5" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...706 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For the same author with multiple publications, order from earliest to latest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEA0892" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...144 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If the same author has multiple works in the same year (or same group of authors in the same order), order alphabetically by the first letter of the article title and add a letter after the year (e.g., 2023a, 2023b).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705799BD" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...128 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If the author has both single-author and multi-author publications, list single-author works first.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB1CA30" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="000F4826" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...4335 lines deleted...]
-    <w:sectPr w:rsidR="002E07D2" w:rsidRPr="000F4826" w:rsidSect="00845F86">
+      <w:r w:rsidRPr="000F4826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If the first author is the same and the second and third authors differ, order alphabetically by the second author’s surname; if the second authors are the same, order by the third author.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64C0A8" w14:textId="77777777" w:rsidR="00FD3F6B" w:rsidRPr="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FEAAB80" w14:textId="38D59B0C" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="673DE87E" w14:textId="38C20ACB" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="58A6C197" w14:textId="4D0D173E" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="6FDCEA77" w14:textId="105D923A" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B41004" w14:textId="091BC54E" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="57745251" w14:textId="63D749A9" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="134E9D42" w14:textId="2486CADD" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="24CA9376" w14:textId="49F3AB2B" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="76450AF7" w14:textId="0A87D57C" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="6E5DA2D6" w14:textId="51C2A3D6" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="709C1ACE" w14:textId="193CE700" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="2D4BDC0E" w14:textId="2FBD43DA" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="4F4A9A51" w14:textId="5245CF44" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="32D50660" w14:textId="7C0EFDCC" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="705C3638" w14:textId="3162609A" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="0F9C0809" w14:textId="1C9900E6" w:rsidR="00FD3F6B" w:rsidRDefault="00FD3F6B" w:rsidP="00FD3F6B"/>
+    <w:p w14:paraId="3F408A71" w14:textId="6FECF411" w:rsidR="00125168" w:rsidRDefault="00125168" w:rsidP="00FD3F6B"/>
+    <w:sectPr w:rsidR="00125168">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="110"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bahnschrift SemiBold SemiConden">
+  <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bahnschrift SemiLight SemiConde">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...1352 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00167D33"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DC793D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B91CF1FA"/>
     <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12179,438 +2159,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...386 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55F25D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8AAF480"/>
     <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12679,51 +2272,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DBE06AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47C23EE4"/>
     <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12792,200 +2385,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F71699"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F9A2110"/>
     <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13054,51 +2498,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B14526"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB8621DE"/>
     <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13167,575 +2611,134 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="358049077">
+  <w:num w:numId="1" w16cid:durableId="1133525244">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="503789863">
+  <w:num w:numId="2" w16cid:durableId="2103528736">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1565753248">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1427457911">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="424158332">
+  <w:num w:numId="4" w16cid:durableId="1303733426">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1847599729">
-[...8 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="2103528736">
+  <w:num w:numId="5" w16cid:durableId="379595330">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001019DD"/>
-[...298 lines deleted...]
-    <w:rsid w:val="00FD1EF5"/>
+    <w:rsidRoot w:val="000B2610"/>
+    <w:rsid w:val="000B2610"/>
+    <w:rsid w:val="00125168"/>
+    <w:rsid w:val="00206752"/>
+    <w:rsid w:val="00F13359"/>
+    <w:rsid w:val="00FD3F6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2869CD71"/>
+  <w14:docId w14:val="75B52649"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{313D66B2-09F2-4039-BA7C-679D69BE2CD3}"/>
+  <w15:docId w15:val="{AFDE94D4-A139-4629-86BD-7628ABC8D442}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14076,571 +3079,638 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00FD3F6B"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...67 lines deleted...]
-    <w:rsid w:val="00514D5A"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00514D5A"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F255C9"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...7 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="paragraph" w:styleId="Altyaz">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltyazChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...5 lines deleted...]
-    <w:rsid w:val="00F255C9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
+    <w:name w:val="Altyazı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altyaz"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading">
-[...3 lines deleted...]
-    <w:rsid w:val="001E4A48"/>
+  <w:style w:type="paragraph" w:styleId="Alnt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AlntChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
-    <w:tblPr>
-[...82 lines deleted...]
-    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
+    <w:name w:val="Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Alnt"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000B2610"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0057235E"/>
+    <w:rsid w:val="000B2610"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...20 lines deleted...]
-    <w:uiPriority w:val="20"/>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="001809A7"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
-[...5 lines deleted...]
-    <w:rsid w:val="0046304C"/>
+  <w:style w:type="paragraph" w:styleId="GlAlnt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="GlAlntChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
-[...26 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
+    <w:name w:val="Güçlü Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GlAlnt"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="tr-TR"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
-[...4 lines deleted...]
-    <w:rsid w:val="0046304C"/>
+  <w:style w:type="character" w:styleId="GlBavuru">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2610"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...48 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14787829" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youngsportjournal.com/index.php/pub/index" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -14648,51 +3718,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -14842,81 +3912,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4083</Characters>
+  <Pages>4</Pages>
+  <Words>686</Words>
+  <Characters>3980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>165</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4656</CharactersWithSpaces>
+  <CharactersWithSpaces>4613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>mehmet ali üzgü</dc:creator>
+  <dc:creator>Reviewer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>